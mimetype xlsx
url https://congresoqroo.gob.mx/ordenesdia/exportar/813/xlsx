--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -17,177 +17,177 @@
   <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" />
   <Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" />
   <Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" />
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tablib Dataset" r:id="rId1" sheetId="1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
+    <t>Linda Saray Cobos Castro (XVI)</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Julio Efren Montenegro Aguilar (XVI)</t>
+  </si>
+  <si>
+    <t>Falta Justificada</t>
+  </si>
+  <si>
+    <t>José Luis Guillén López (XVI)</t>
+  </si>
+  <si>
+    <t>Reyna Arelly Durán Ovando (XVI)</t>
+  </si>
+  <si>
+    <t>Carlos Rafael Hernández Blanco (XVI)</t>
+  </si>
+  <si>
+    <t>Extension</t>
+  </si>
+  <si>
+    <t>SP</t>
+  </si>
+  <si>
+    <t>Paula Pech Vázquez (XVI)</t>
+  </si>
+  <si>
+    <t>Diputado</t>
+  </si>
+  <si>
+    <t>Estatus</t>
+  </si>
+  <si>
+    <t>Kira Iris San (XVI)</t>
+  </si>
+  <si>
+    <t>Roberto Erales Jiménez (XVI)</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Maria Fernanda Trejo Quijano (XVI)</t>
+  </si>
+  <si>
+    <t>Ana Ellamin Pamplona Ramírez (XVI)</t>
+  </si>
+  <si>
+    <t>Euterpe Alicia Gutiérrez Valasis (XVI)</t>
+  </si>
+  <si>
+    <t>MORENA</t>
+  </si>
+  <si>
+    <t>Erika Guadalupe Castillo Acosta (XVI)</t>
+  </si>
+  <si>
+    <t>PVEM</t>
+  </si>
+  <si>
+    <t>Luis Fernando Chávez Zepeda (XVI)</t>
+  </si>
+  <si>
+    <t>Asistencia</t>
+  </si>
+  <si>
+    <t>Fecha</t>
+  </si>
+  <si>
+    <t>Sesión Número 19 del Primer Periodo Ordinario de Sesiones del Tercer Año de Ejercicio Constitucional.</t>
+  </si>
+  <si>
+    <t>José De la Peña Ruíz de Chávez (XVI)</t>
+  </si>
+  <si>
+    <t>Aurora Concepción Pool Cauich (XVI)</t>
+  </si>
+  <si>
+    <t>PAN</t>
+  </si>
+  <si>
+    <t>sesion</t>
+  </si>
+  <si>
+    <t>Eduardo Lorenzo Martínez Arcila (XVI)</t>
+  </si>
+  <si>
+    <t>Hernán Villatoro Barrios (XVI)</t>
+  </si>
+  <si>
+    <t>Chanito Toledo Medina (XVI)</t>
+  </si>
+  <si>
+    <t>Fraccion</t>
+  </si>
+  <si>
+    <t>Hora</t>
+  </si>
+  <si>
+    <t>Erick Gustavo Miranda García (XVI)</t>
+  </si>
+  <si>
+    <t>Tyara Schleske de Ariño (XVI)</t>
+  </si>
+  <si>
     <t>María Cristina Torres Gómez (XVI)</t>
   </si>
   <si>
-    <t>PT</t>
-[...13 lines deleted...]
-  <si>
     <t>28/10/21</t>
   </si>
   <si>
-    <t>Ana Ellamin Pamplona Ramírez (XVI)</t>
-[...5 lines deleted...]
-    <t>Luis Fernando Chávez Zepeda (XVI)</t>
+    <t>Pedro Enrique Pérez Díaz (XVI)</t>
+  </si>
+  <si>
+    <t>Judith Rodríguez Villanueva (XVI)</t>
   </si>
   <si>
     <t>Edgar Humberto Gasca Arceo (XVI)</t>
   </si>
   <si>
-    <t>Aurora Concepción Pool Cauich (XVI)</t>
-[...35 lines deleted...]
-    <t>Eduardo Lorenzo Martínez Arcila (XVI)</t>
+    <t>PRD</t>
   </si>
   <si>
     <t>Iris Adriana Mora Vallejo (XVI)</t>
-  </si>
-[...52 lines deleted...]
-    <t>Euterpe Alicia Gutiérrez Valasis (XVI)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -518,641 +518,641 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col collapsed="0" min="1" max="1" width="9.10"/>
     <col collapsed="0" min="2" max="2" width="9.10"/>
     <col collapsed="0" min="3" max="3" width="9.10"/>
     <col collapsed="0" min="4" max="4" width="9.10"/>
     <col collapsed="0" min="5" max="5" width="9.10"/>
     <col collapsed="0" min="6" max="6" width="9.10"/>
     <col collapsed="0" min="7" max="7" width="9.10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B1" t="s" s="1">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C1" t="s" s="1">
+        <v>7</v>
+      </c>
+      <c r="D1" t="s" s="1">
         <v>28</v>
       </c>
-      <c r="D1" t="s" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="E1" t="s" s="1">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F1" t="s" s="1">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G1" t="s" s="1">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C2" t="n">
         <v>250</v>
       </c>
       <c r="D2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G2" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C3" t="n">
         <v>251</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G3" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="C4" t="n">
         <v>270</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G4" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C5" t="n">
         <v>259</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F5" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G5" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C6" t="n">
         <v>210</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G6" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C7" t="n">
         <v>204</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F7" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G7" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C8" t="n">
         <v>255</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F8" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G8" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C9" t="n">
         <v>257</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G9" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C10" t="n">
         <v>253</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G10" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
       <c r="C11" t="n">
         <v>262</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F11" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G11" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C12" t="n">
         <v>268</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F12" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G12" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C13" t="n">
         <v>231</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F13" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G13" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="C14" t="n">
         <v>267</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F14" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G14" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C15" t="n">
         <v>254</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F15" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G15" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C16" t="n">
         <v>266</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F16" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G16" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C17" t="n">
         <v>271</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F17" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G17" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="B18" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C18" t="n">
         <v>112</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F18" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G18" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C19" t="n">
         <v>264</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F19" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G19" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C20" t="n">
         <v>256</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F20" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G20" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C21" t="n">
         <v>261</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F21" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G21" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B22" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C22" t="n">
         <v>258</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E22" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F22" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G22" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="C23" t="n">
         <v>274</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E23" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F23" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G23" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="B24" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C24" t="n">
         <v>273</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E24" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G24" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="B25" t="s">
         <v>1</v>
       </c>
       <c r="C25" t="n">
         <v>269</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E25" t="s">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F25" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G25" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C26" t="n">
         <v>272</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E26" t="s">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="F26" t="s">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="G26" t="n" s="2">
         <v>0.75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>