--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -15,2435 +15,2537 @@
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" />
   <Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" />
   <Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" />
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tablib Dataset" r:id="rId1" sheetId="1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="795">
-[...1 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/leyes/L196-XVIII-20240605-L1720240605227.pdf</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="829">
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L344-XVIII-20251210-T1820251210166-Tabla-de-Valores-PC-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Vivienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria en el Municipio de Felipe Carrillo Puerto del Estado de Quintana Roo para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley de Expropiación, Ocupación Temporal y Limitación de Dominio del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L76-XVI-20220824-L1620220824246-ley-derechos.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Prevención del Delito para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Responsabilidades Administrativas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2015-07-24</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L240-XVI-20201229-T1620201229090-FCP.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>2012-04-18</t>
+  </si>
+  <si>
+    <t>2022-09-07</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Puerto Morelos, Estado de Quintana Roo, para el ejercicio fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2022-12-23</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L302-XVII-20231221-LI2023~1.PDF.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L260-XVIII-20241209-L1820241209056.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Cozumel, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L95-XVII-20240605-L1720240605227-MPIOS.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L161-XVI-20140725-L1420140725130.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L284-XVIII-20251210-L1820251204184-Ley-de-Seguridad-Ciudadana.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L296-XVII-20231221-LI20231221161.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/administrativo/ley078/L1020040108086.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L203-XVI-20190910-L1620190910360.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L19-XVII-20240606-L1720240606238.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L226-XVII-20240808-L1720240808261-coordinacion-fiscal.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L243-XVI-20211007-L1620211007147.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L196-XVIII-20260110-L1820251211176-Ley-de-Hacienda-del-Mpio-de-OPB.pdf</t>
+  </si>
+  <si>
+    <t>Ley para Prevenir, Atender y Eliminar la Discriminación en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L55-XVIII-20251216-L1720251216194-Ley-de-Turismo.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Responsabilidad Patrimonial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2010-12-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/fiscal/ley021/L1220101116001.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L18-XVII-20240604-L1720240604251-defensoria.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L190-XVIII-20250820-L1820250820136-ley-acciones.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Fiscalía General del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L46-XVIII-20230607-L1720230706078-PROCURADURIA-DE-PROTECCION-mod.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L258-XVI-20211224-LI1620211224205.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L123-XVIII-20251216-L1820251216187-Ley-de-Salud.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/administrativo/ley105/L1420140616116.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Movilidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Cuotas y Tarifas para los Servicios Públicos de Agua Potable y Alcantarillado, Tratamiento y Disposición de Aguas Residuales del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L348-XVIII-20251210-T1820251210172-Tabla-de-Valores-IM-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L262-XVIII-20251210-L1820251210184-Ley-de-Seguridad-Escolar.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L173-XV-20161103-8.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Emergencia Policial, Reglamentaria de la Fracción X del Articulo 90 y del Articulo 157 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L169-XVIII-20241009-L1820241009012-ley-de-transparencia-y-acceso.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L181-XVII-20231221-L1720231221185.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320120418107.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>2021-07-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L174-XVIII-20251216-L1820251216193-Ley-de-Impuesto-a-las-Erogaciones.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L293-XVII-20231221-LI20231221156.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L120-XVIII-20250508-L1820250508122.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L146-XV-31122018-773.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L139-XVIII-20251210-L1820251210170-Ley-de-Hacienda-de-BJ.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2014-07-25</t>
+  </si>
+  <si>
+    <t>Ley de Protección y Desarrollo Integral para las Personas con Discapacidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley para el Desarrollo y la Inclusión de las Personas con Discapacidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L84-XVII-20231005-L1720231005102-profesiones.pdf</t>
+  </si>
+  <si>
+    <t>Ley de los Trabajadores al Servicio de los Poderes Legislativo, Ejecutivo y Judicial de los Ayuntamientos y Organismos Descentralizados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2023-08-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L14-XVIII-20241009-L1820241009012-Ley-de-la-Comisión-de-los-Derechos-Humanos.pdf</t>
+  </si>
+  <si>
+    <t>Ley de la Infraestructura Física Educativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L234-XVIII-20201224-L1620201224086-PM.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L272-XVII-20221219-LI20221912014.pdf</t>
+  </si>
+  <si>
+    <t>Ley para la Administración de Bienes Asegurados, Abandonados y Decomisados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L33-XVIII-20251216-L1820251216188-Ley-organica-de-la-admon-publica1.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Pesca Responsable y Acuacultura para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Vida Silvestre para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Quemas y Prevención de Incendios Forestales para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Educación del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2020-09-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L110-XVIII-20251210-L1820251210184--Ley-para-la-Igualdad-entre-Mujeres-y-Hombres.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L20-XVIII-20250122-L1820241024014.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Servicio Público de Carrera del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2020-02-21</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Solidaridad, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley que crea el Consejo para el Desarrollo Insular del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/administrativo/ley109/L1320130409252.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L22-XVIII-20250820-L1820250820136-Ley-de-Equilibrio-Ecológico.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Adquisiciones, Arrendamientos y Prestación de Servicios Relacionados con Bienes Muebles del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L143-XV-31122018-767.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Fomento para la Nutrición y el Combate del Sobrepeso, Obesidad, Diabetes Mellitus y Trastornos de la Conducta Alimentaria para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1220100301217.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L275-XVII-20221219-LI202212192019.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Filmaciones y Producción Audiovisual del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Desarrollo Rural Sustentable del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Colegio de Bachilleres del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2023-11-01</t>
+  </si>
+  <si>
+    <t>2024-12-23</t>
+  </si>
+  <si>
+    <t>Ley de Transporte Ferroviario para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley sobre las Características, Difusión y Ejecución del Himno a Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Sistema de Documentación del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L62-XIII-20130819-306.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Archivos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L289-XVII-20231221-T1720231221140.pdf</t>
+  </si>
+  <si>
+    <t>2015-12-30</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L59-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L248-XVI-20211222-L1620211222181.pdf</t>
+  </si>
+  <si>
+    <t>Ley en materia de declaración especial de ausencia para personas desaparecidas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Periódico Oficial del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L244-XVIII-20210813-L1620210813130-Ley-de-Justicia-Alternativa-del-Estado.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L337-XVIII-20251125-L1820251125154-Ley-de-Tranparncia.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L274-XVIII-20230323-LI20230323042.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Tulum del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L291-XVIII-20241216-L1820241216064-Ley-de-Hacienda-del-Mpio-de-FCP.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1020040824123.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L211-XVI-20191226-L1620191226027.pdf</t>
+  </si>
+  <si>
+    <t>Ley para Prevenir y Sancionar la Tortura en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L335-XVIII-20250829-L1820250829141.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Ley de Fomento al Primer Empleo para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L100-XVII-20231221-L1720231221138.pdf</t>
+  </si>
+  <si>
+    <t>2010-03-01</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L111-XVII-20230318-L1720230318049.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L270-XVII-20221217-LI20221712011.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L85-XVI-20220324-L1620220324222.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Ley de Obras Públicas y Servicios Relacionados con las mismas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L16-XVI-20210415-L16202~2.PDF.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141209164.pdf</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Profesiones del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2017-07-19</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/leyes/L331-XVIII-20250401-L1820250401117.pdf</t>
   </si>
   <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L259-XVI-20211227-LI1620211227207.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L141-XVI-20211222-L1620211222191.pdf</t>
+  </si>
+  <si>
+    <t>2022-08-29</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>Título</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320121214195.pdf</t>
+  </si>
+  <si>
+    <t>Abrogada</t>
+  </si>
+  <si>
+    <t>2007-12-14</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141209163.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L64-XVIII-20220420-L1620220420220.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-22</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Secretaría de Seguridad Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1220100426263.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L163-XVI-20220525-L1620220525237.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L160-XVII-20230607-L1720230607078.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Ley de Participación Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L322-XVIII-20241216-L1820241216067.pdf</t>
+  </si>
+  <si>
+    <t>2010-11-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L0619910701FE.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L144-XV-31122018-768.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320130430267.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L242-XVI-921113-L0619921113105.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L251-XVI-20211224-LI1620211224194.pdf</t>
+  </si>
+  <si>
+    <t>2019-12-20</t>
+  </si>
+  <si>
+    <t>Ley de Fiscalización y Rendición de Cuentas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de los Derechos de las Personas Adultas Mayores del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L97-XVIII-20241209-L1820241209045.pdf</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las Contribuciones sobre la Propiedad Inmobiliaria, en el Municipio de Isla Mujeres, Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L125-XVI-20220408-L1620220408217.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Mejora Regulatoria para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Sistema para el Desarrollo Integral de la Familia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2020-12-31</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>Ley de Seguridad Escolar Integral del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L319-XVIII-20241217-L1820241217073.pdf</t>
+  </si>
+  <si>
+    <t>2015-03-30</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L150-XV-31122018-770.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L254-XVI-20211227-LI1620211227198.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L183-XV-20170719-89.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Transparencia y Acceso a la Información Pública para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L338-XVIII-20251125-L1820251125154-ley-de-Protección-de-Datos-Personales.pdf</t>
+  </si>
+  <si>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Ley del Impuesto sobre Adquisición de Bienes Inmuebles de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L199-XVII-20231222-L1720231222200.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Desarrollo Económico y  Competitividad para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2018-01-16</t>
+  </si>
+  <si>
+    <t>Ley de Responsabilidad Ambiental del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2024-07-10</t>
+  </si>
+  <si>
+    <t>Ley de Impuesto a las Erogaciones en Juegos y Concursos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2017-06-28</t>
+  </si>
+  <si>
+    <t>2024-08-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L241-XVI-20201225-T1620201225091.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L334-XVIII-20250812-L1820250812134.pdf</t>
+  </si>
+  <si>
+    <t>2014-06-16</t>
+  </si>
+  <si>
+    <t>Ley de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para la Prestación de Servicios para la Atención, Cuidado y Desarrollo Integral Infantil de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L237-XVIII-20201225-L1620201225089-Tulum.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Instituto Quintanarroense de la Mujer.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L267-XVIII-20250819-L1820250817131.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L94-XV-31122018-779.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Prestación de Servicios Inmobiliarios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L0619921113105.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Asentamientos Humanos, Ordenamiento Territorial y Desarrollo Urbano del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para la Prevención y Tratamiento del Sobrepeso, Obesidad y Trastornos de la Conducta Alimentaria en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141223221.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/penal/ley066/L0219780930.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>Ley de Protección y Fomento Apícola del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley Estatal de Cultura Física y Deporte.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141223246.pdf</t>
+  </si>
+  <si>
+    <t>Ley que crea la Procuraduría de la Defensa del Menor y la Familia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2020-03-06</t>
+  </si>
+  <si>
+    <t>2019-09-10</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Poder Judicial del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Ley de Mejora Regulatoria del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley sobre el Uso de Medios Electrónicos, Mensajes de Datos y Firma Electrónica Avanzada para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L249-XVI-20211227-LI1620211227182.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Derechos, Cultura y Organización Indígena del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Presupuesto y Gasto Público del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L88-XV-19072017-557.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de José María Morelos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L318-XVIII-20241209-L1820241209059.pdf</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L235-XVI-20201224-L1620201224087-Bacalar.pdf</t>
+  </si>
+  <si>
+    <t>Ley para el Fomento de la Eficiencia Energética y del Aprovechamiento de las Fuentes de Energía Renovables en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2020-12-25</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1120070807194.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L140-XVIII-20251210-L18202512010167-Ley-de-Hacienda-del-Mpio-de-Solidaridad.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>2012-09-25</t>
+  </si>
+  <si>
+    <t>2004-01-08</t>
+  </si>
+  <si>
+    <t>Ley de Protección a la Salud de los no Fumadores para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2023-10-05</t>
+  </si>
+  <si>
+    <t>2016-11-03</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L147-XV-31122018-784.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/administrativo/ley115/L1220110322008.pdf</t>
+  </si>
+  <si>
+    <t>2023-11-07</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Ley de Ejecución de Penas y Medidas Judiciales del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Equilibrio Ecológico y la Protección al Ambiente del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Isla Mujeres del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L326-XVIII-20241223-L1820250123080.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L38-XVIII-20250320-L1720250320108-Ley-de-los-Municipios-mod.pdf</t>
+  </si>
+  <si>
+    <t>2011-03-02</t>
+  </si>
+  <si>
+    <t>2022-09-08</t>
+  </si>
+  <si>
+    <t>2024-04-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L104-XVII-20231218-L1720231218129.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L155-XVII-20240402-L1720240402218.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L17-XVII-20231101-L1720231101108.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L225-XVIII-20201222-L1620201222068.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-22</t>
+  </si>
+  <si>
+    <t>2013-04-30</t>
+  </si>
+  <si>
+    <t>2014-12-23</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L213-XVI-20191226-L1620191226029.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Humanidades, Ciencias, Tecnologías e Innovación del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Vigente</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2022-12-19</t>
+  </si>
+  <si>
+    <t>Ley de Ciencia y Tecnología del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1520181017256.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2012-12-14</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L192-XVII-20220829-L1620220829262.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/penal/ley029/L1220110322003.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Acción de Cambio Climático en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1220110203432.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Centro de Conciliación Laboral del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420150724273.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Salud del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2014-12-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L194-XVI-20190913-L1520190913354.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L329-XVIII-20241204-T1820241204051.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L170-XV-31122018-771.pdf</t>
+  </si>
+  <si>
+    <t>2024-04-02</t>
+  </si>
+  <si>
+    <t>Ley de Asentamientos Humanos del Estado Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L119-XVII-20230318-L1720230318049.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L149-XV-31122018-769.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>2024-07-24</t>
+  </si>
+  <si>
+    <t>Ley de Expropiación del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2018-08-16</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>2015-08-14</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L57-XVII-20240724-L1720240724258--ley-de-valuación.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L58-XVIII-20251216-L1820251216191-Ley-Sobre-Venta-y-Consumo-de-Bebidas-Alcohólicas.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Fondo para el Mejoramiento de la Administración de Justicia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Protección y Fomento Apícola del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Justicia Alternativa del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L115-XVII-20230318-L1720230318049.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L8-XVII-20230616-L1720230616065.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L168-XVIII-20241209-L1820241209058.pdf</t>
+  </si>
+  <si>
+    <t>Ley que crea la Procuraduría de Protección al Ambiente del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L320-XVIII-20241216-L1820241216069.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Tribunal Electoral de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L113-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>2012-12-31</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Playa del Carmen, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L158-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320130819306.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/penal/ley055/L1220110225007.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L49-XVIII-20130906-L1320130906320.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L309-XVIII-20241007-L1820241007020-Ley-Orgánica-del-Tribunal-de-Justicia.pdf</t>
+  </si>
+  <si>
+    <t>2016-12-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L303-XVII-20231222-L1720231222196.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L245-XVIII-20240724-L1720240724257-9-mayo.pdf</t>
+  </si>
+  <si>
+    <t>Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley Forestal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L80-XVII-20231103-L1720231101121cultura-fisica.pdf</t>
+  </si>
+  <si>
+    <t>Ley Reglamentaria de los artículos 104 y 105 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Asistencia Social para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Patrimonio del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2023-06-07</t>
+  </si>
+  <si>
+    <t>2017-09-26</t>
+  </si>
+  <si>
+    <t>2014-10-08</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>2022-08-24</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley de Seguridad Pública del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2004-08-24</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>2017-06-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L317-XVIII-20241209-L1820241209057.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141219238.pdf</t>
+  </si>
+  <si>
+    <t>2024-06-06</t>
+  </si>
+  <si>
+    <t>Ley de Justicia Alternativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L83-XVII-20231107-L1720231107112-violencia-est.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>2019-09-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L91-XV-20161215-L1520161215030.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L273-XVIII-20221219-LI20221219016.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L9-XVI-20210716-L1620211607133.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L316-XVIII-20241209-L1820241209055.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Justicia Alternativa para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para el Fomento de las Sociedades Cooperativas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria, en el Municipio de Isla Mujeres, Quintana Roo, para el ejercicio fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L109-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Universidad de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para el Desarrollo Social del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L122-XVIII-20251210-L1820251210184-Ley-de-Acceso-a-las-Mujeres-a-una-Vida.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1120071214242.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>2011-02-25</t>
+  </si>
+  <si>
+    <t>2013-04-09</t>
+  </si>
+  <si>
+    <t>Ley para Prevenir, Investigar y Sancionar los Delitos en Materia de Extorsión del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L271-XVII-20221219-LI20221912013.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L232-XVI-20201224-l1620201224084-IM.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Poder Legislativo del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Seguridad Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Adopción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L219-XVI-20200306-L1620200306036-ingresos.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-19</t>
+  </si>
+  <si>
+    <t>Ley del Consejo Estatal de Población de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L193-XVIII-20251210-L1820251210173-Ley-de-Hacienda-del-Mpio-de-IM.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/penal/ley080/L1320110617001.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L67-XVII-20220907-L1620220907264.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L154-XVI-20211227-l.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Valuación para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/penal/ley055/L1420151230377.pdf</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Ley de Transparencia y Acceso a la Información Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>1992-11-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L351-XVIII-20251210-L1820251211180-Ley-de-Ingresos-de-Cozumel-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Instituto Electoral de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>Ley de Imagen Institucional para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L314-XVIII-20241223-Ley-de-Ingresos-Estado-2025-final.pdf</t>
+  </si>
+  <si>
+    <t>2019-05-28</t>
+  </si>
+  <si>
+    <t>2023-11-03</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Estatus</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L124-XV-30102015-335.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L151-XV-31122018-772.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>Ley de Fomento a las Actividades Realizadas por las Organizaciones Civiles para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>Ley que establece las Normas a que se Sujetaran los Contratos Celebrados en el Régimen de Tiempo Compartido Turístico del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Salud Mental del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>2020-12-29</t>
+  </si>
+  <si>
+    <t>Ley de Deuda Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Entrega y Recepción de los Recursos Asignados a los Servidores Públicos de la Administración Pública y de los Ayuntamientos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L133-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L39-XVIII-20250508-L1820250508120-patrimonio.pdf</t>
+  </si>
+  <si>
+    <t>2023-11-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L171-XVIII-20251210-L1820251210164-Ley-de-Hacienda-del-Mpio-de-LC.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L69-XVI-20211112-L1620211112156-.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420150330258.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L189-XVIII-20251216-L1820251216188-Ley-Movilidad.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L255-XVI-20211224-LI1620211224200.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L142-XV-31122018-778.pdf</t>
+  </si>
+  <si>
+    <t>2017-11-03</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L159-XVII-20230616-L1720230616064.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L312-XVIII-20241015-L1820241009007.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cultura de la Legalidad del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420160729437.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L107-XVII-20230607-L1720230607078.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L198-XVIII-20251204-L1820251104156.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Administración Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L82-XV-03112017-586.pdf</t>
+  </si>
+  <si>
+    <t>2023-12-21</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L31-XVIII-20250508-L1820250508118.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L152-XV-31122018-774.pdf</t>
+  </si>
+  <si>
+    <t>Ley de la Juventud del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2013-08-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L332-XVIII-20250812-ley-orgánica-universidad-judicial-con-anotacion-acción-inconstitucionalidad.pdf</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420140407101.pdf</t>
+  </si>
+  <si>
+    <t>Ley que establece las Bases de Apertura y Cierre de las Casas de Empeño o Préstamo en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Servicio de Administración Tributaria del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Prevención, Atención Integral y Control para el VIH del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L349-XVIII-20251210-L1820251210174-Ley-de-Ingresos-de-IM-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L323-XVIII-20241213-L1820241213063.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L324-XVIII-20241216-L1820241216065.pdf</t>
+  </si>
+  <si>
+    <t>2024-10-09</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L356-XVIII-20251216-L1820251216198-Presupuesto-egresos.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/electoral/ley092/L1420151209-F.E..pdf</t>
+  </si>
+  <si>
+    <t>Ley de Acciones Urbanísticas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320121231234.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Coordinación Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Periódico Oficial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>URL</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L340-XVIII-20251210-L1820251210160-Ley-de-Ingresos-de-PM.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Fomento a la Lectura y el Libro del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de Justicia en Materia de Faltas de Policía y Buen Gobierno del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2010-06-30</t>
+  </si>
+  <si>
+    <t>Ley Orgánica del Tribunal de Justicia Administrativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L56-XVI-20210716-L16202~1.PDF.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L216-XVI-20191226-L1620191226032.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Consulta a los Pueblos y Comunidades Indígenas y Afromexicanas del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Educación del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2007-08-07</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L204-XVIII-20251210-L1820251210182-Ley-Organica-Fiscalía.pdf</t>
+  </si>
+  <si>
+    <t>2014-04-07</t>
+  </si>
+  <si>
+    <t>Ley de Planeación para el Desarrollo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L281-XVII-20221223-LI20221223037.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L227-XVI-20201221-L1620201221073.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420151117333.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L268-XVIII-20220824-Ley-de-consulta-a-los-pueblos-mod.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L13-XVII-20240724-L1720240724258-catastro.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Ley de Derechos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L277-XVII-20221217-Li20221217021.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L233-XVI-20201224-l1620201224085-LC.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>2011-12-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L231-XVI-20201223-l1620201223083-JMM.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2006-06-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L252-XVI-20211228-LI1620211228196.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Órgano de Fiscalización Superior del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L206-XVIII-20231221-L1720231221194.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>2016-06-23</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L220-XVI-20191220-L1620191220016-egresos.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L222-XVI-20201221-L1620201221064-SM.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L228-XVI-20210615-L1620210615118.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L19-XVIII-20251216-L1820251216186-Ley-Desarrollo-Económico.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L355-XVIII-20251216-L1820251218197-Ley-de-Ingresos-del-Estado.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L187-XVIII-20251216-L1820251216189-Ley-del-Impuesto-al-Hospedaje.pdf</t>
+  </si>
+  <si>
+    <t>Ley para Fomentar la Donación Altruista de Alimentos.</t>
+  </si>
+  <si>
+    <t>Ley para Prevenir y Sancionar la Tortura en el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>2011-06-17</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L265-XVII-20231221-L1720231221144.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L130-XVIII-20251210-L1820251210184-Ley-en-Materia-de-Trata-de-Personas.pdf</t>
+  </si>
+  <si>
+    <t>1991-07-01</t>
+  </si>
+  <si>
+    <t>Ley de Propiedad en Condominio de Inmuebles del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L77-XVII-20230607-L1720230706078.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Instituto de Defensoría Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria, en el Municipio de Felipe Carrillo Puerto, Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L212-XVI-20191226-L1620191226028.pdf</t>
+  </si>
+  <si>
+    <t>2018-12-31</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L269-XVII-20221219-LI20221912010.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420151230377-73.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>2005-12-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L210-XVI-20191226-L1620191226026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L105-XVII-20231221-L1720231221187.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2019-12-26</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L148-XV-31122018-766.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L51-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Universidad Judicial del Poder Judicial del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2021-12-16</t>
+  </si>
+  <si>
+    <t>2021-08-13</t>
+  </si>
+  <si>
+    <t>2024-04-09</t>
+  </si>
+  <si>
+    <t>Ley de Protección y Bienestar Animal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L185-XVIII-20250313-L1820250313107-Ley-de-Instituciones-y-Poced-Electorales.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Instituto para el Desarrollo y Financiamiento del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L186-XVIII-20220908-L1620220908267.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Impuesto Adicional para el Fomento al Empleo del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L23-XV-16082018-741.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Entrega y Recepción de los Poderes Públicos, Ayuntamientos, Órganos Públicos Autónomos y de las Entidades de la Administración Pública Paraestatal del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Coordinación Fiscal del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Protección de Datos Personales en Posesión de Sujetos Obligados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Planeación para el Desarrollo del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2023-11-27</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L347-XVIII-20251210-L1820251210171-Ley-de-Ingresos-de-Benito-Juarez-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L201-XVIII-20250812-L1820250812135.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Notariado para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L177-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Bacalar, del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L214-XVI-20191226-L1620191226030.pdf</t>
+  </si>
+  <si>
+    <t>Fecha_ppo</t>
+  </si>
+  <si>
+    <t>Ley del Secretariado Ejecutivo del Sistema Estatal de Seguridad Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L306-XVII-20240418-L1720240418216.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L209-XVI-20191226-L1620191226025.pdf</t>
+  </si>
+  <si>
+    <t>2015-11-17</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L315-XVIII-20241209-L1820241209049.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L71-XVI-20130906-L1320130906315.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Othón P. Blanco del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/fiscal/ley012/L1220110224001.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320120925131.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Justicia Indígena del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L156-XV-31122018-785.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L87-XVI-20200908-L1620200908042.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley del Notariado para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2013-09-06</t>
+  </si>
+  <si>
+    <t>2014-12-09</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el ejercicio fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Ley de Protección y Bienestar Animal del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Fiscalía Especializada en Combate a la Corrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para el Fomento de la Cultura del Cuidado del Agua en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L280-XVII-20221217-LI20221712025.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L345-XVIII-20251210-L1820251210168-Ley-de-Ingresos-de-Playa-del-Cármen-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L253-XVI-20211227-LI1620211227197.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-22</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Ley de Seguridad Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L208-XVI-20191226-L1620191226024.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Puerto Morelos, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1520170628071.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L327-XVIII-20241223-Presupuesto-de-Egresos.pdf</t>
+  </si>
+  <si>
+    <t>2024-04-18</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Tulum, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2010-07-02</t>
+  </si>
+  <si>
+    <t>Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L112006061586.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L35-XVIII-20250313-L1820250313107-Ley-Organica-del-Poder-Judicial.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L42-XVII-20231221-L1720231221183.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L298-XVII-20231221-LI20231221163.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L24-XVII-20230829-L1720230829094.pdf</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L250-XVI-20211224-LI1620211224192.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L325-XVIII-20241217-Ley-de-Ingresos-opb-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Desarrollo Forestal Sustentable para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L90-XV-20190528-L1520190528320.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>Ley de Catastro del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L178-XV-16012018-631.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Ley en Materia de Trata de Personas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/social/ley108/L1220101029001.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L236-XVI-20201225-l1620201225088-FCP.pdf</t>
+  </si>
+  <si>
+    <t>Ley para la Protección de Personas Defensoras de Derechos Humanos y Periodistas de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2011-03-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L34-XVI-20130409-L1320130409250.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Seguridad Social de los Servidores Públicos del Gobierno del Estado, Municipios y Organismos Públicos Descentralizados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2023-03-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L257-XVI-20211224-LI1620211224204.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>Ley de Bibliotecas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L10-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L247-XVI-20211221-P1620211221190.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L224-XVI-20201222-L1620201222067-Cozumel.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Conservación, Mantenimiento, Protección y Desarrollo del Arbolado Urbano del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley del Instituto para el Desarrollo y Financiamiento del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de los Derechos de Niñas, Niños y Adolescentes del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L305-XVII-20240424-P1720240424224-PRESUPUESTO-EDO.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L266-XVIII-20251210-L1820251210184-Ley-de-Prevención,-Atención-Integral-y-Con-del-VIH.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L126-XVIII-20251210-L1820251210184-Ley-de-victimas.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Ley Estatal de Medios de Impugnación en Materia Electoral.</t>
+  </si>
+  <si>
+    <t>Ley para la Protección de Sujetos en Situación de Riesgo en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L343-XVIII-20251210-L1820251210165-Ley-de-Ingresos-de-Lázaro-Cárdenas-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L229-XVI-20201219-l1620201219078-presupueesto.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L167-XVIII-20251216-L1820251216190-Ley-del-Impuesto-sobre-Nóminas.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Isla Mujeres, Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L300-XVII-20231221-LI20231221165.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/administrativo/ley152/L1420150814276.pdf</t>
+  </si>
+  <si>
+    <t>Ley para la Prevención, Gestión Integral y Economía Circular de los Residuos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L341-XVIII-20251210-L1820251210162-Ley-de-Ingresos-de-Tulum-2026-5-enero.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Responsabilidades Administrativas del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>Ley sobre la Bandera del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L50-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>Ley para la Igualdad entre Mujeres y Hombres del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L182-XV-20170719-85.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420140616116.pdf</t>
+  </si>
+  <si>
+    <t>2022-04-20</t>
+  </si>
+  <si>
+    <t>Ley de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L339-XVIII-20251210-T1820251210159-Tabla-de-Valores-PM-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L353-XVIII-20251211-L1820251211177-Ley-de-Ingresos-de-OPB-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de las Entidades de la Administración Pública Paraestatal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L263-XVI-20220428-L1620220428229.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L297-XVII-20231221-LI20231221162.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L79-XVI-20220420-L1620220420215.pdf</t>
+  </si>
+  <si>
+    <t>Ley del Impuesto sobre Nóminas del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Ley para la atención y protección a personas con la condición del espectro autista del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Fomento y Desarrollo Pecuario para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L238-XVI-20201231-L1620201231094.pdf</t>
+  </si>
+  <si>
+    <t>2024-06-05</t>
+  </si>
+  <si>
+    <t>2023-06-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L96-XVIII-20241217-L1820251217072.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L354-XVIII-20251210-L1820251210182-Ley-para-prevenir-sancio-materia-extorsion.pdf</t>
+  </si>
+  <si>
+    <t>Ley Electoral de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los Bienes Inmuebles en el Municipio de Benito Juárez, Estado de Quintana Roo, para el Ejercicio Fiscal 2024.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L295-XVII-20231221-LI20231221160.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L218-XVIII-20251216-L1820251216195-Ley-de-Hacienda-del-Estado.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1520170926082.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Benito Juárez del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/social/ley038/L1220100630002.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1520170629081.pdf</t>
+  </si>
+  <si>
+    <t>Ley por la que se Crea la Comisión de Arbitraje Médico del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L352-XVIII-20251211-L1820251211179-Ley-de-Ingresos-de-JMM-2026.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L176-XVIII-20251124-CN1820251124153-Constitución.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Procedimiento Administrativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para Regular las Remuneraciones de los Servidores Públicos de los Poderes del Estado, de los Municipios y de los Órganos Autónomos de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L41-XVI-20220420-L1620220420215.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L66-XVII-20240605-L1720240605230.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cultura y las Artes del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420160623408.pdf</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L106-XVII-20230607-L1720230607080.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L287-XVIII-20231127-L1720231127124.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L321-XVIII-20241213-L1820241213061.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L328-XVIII-20250110-T1820250110087.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L256-XVI-20211224-LI1620211224202.pdf</t>
+  </si>
+  <si>
+    <t>2011-02-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L116-XVII-20240710-L1720240710249.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141008138.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1320111215035.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L308-XVIII-20251216-L1820251216186-Ley-Servicios-Inmobiliarios.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Amnistía para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Justicia Administrativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José Maria Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L26-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L301-XVII-20231221-LI20231221166.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal  2019.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L278-XVII-20221219-LI20221219023.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L195-XVIII-20251218-L1820251216196-Ley-de-Derechos.pdf</t>
+  </si>
+  <si>
+    <t>2010-04-26</t>
+  </si>
+  <si>
+    <t>Ley de Deuda Pública del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L292-XVII-20231221-LI20231221154.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Justicia para Adolescentes del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Transparencia y Acceso a la Información Pública del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley de Protección de Datos Personales en Posesión de Sujetos Obligados para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Procuraduría General de Justicia del Estado de Quintana  Roo.</t>
+  </si>
+  <si>
+    <t>Ley para la Prevención y la Gestión Integral de Residuos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L191-XVIII-20251216-L1820251216186-Ley-de-Asent-Hum,-Orden-Terri-y-Des-Urb.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Playa del Carmen, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L197-XVIII-20251216-L120251216188-Ley-del-Servicio-de-Admón-Tributaria.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L239-XVIII-20251211-L1820251211178-Ley-de-Hacienda-de-JMM.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L288-XVII-20231215-LI20231215139.pdf</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>Ley del Patrimonio Cultural del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ordenamiento Cívico del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L290-XVII-20231221-T1720231215152.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1220100702297.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L32-XVII-20240606-L1720240606239-ordenamiento-civico.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L195-XVIII-20251216-L1820251216186-Ley-de-Derechos.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Extinción de Dominio del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Agua Potable y Alcantarillado del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1220101229405.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L304-XVII-20240418-L1720240418216--bachilleres.pdf</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>2018-10-17</t>
+  </si>
+  <si>
+    <t>2016-06-15</t>
+  </si>
+  <si>
+    <t>Ley del Impuesto al Hospedaje del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L230-XVI-20201223-l1620201223082-BJ.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L299-XVII-20231221-LI20231221164.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L89-XV-19072017-557.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L311-XVIII-20250212-L1820250212091-Ley-de-Secretariado-ejecutivo.pdf</t>
+  </si>
+  <si>
     <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
   </si>
   <si>
-    <t>Ley Orgánica de la Fiscalía General del Estado de Quintana Roo</t>
-[...5 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/leyes/L62-XIII-20130819-306.pdf</t>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420151230377.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L36-XVI-20211216-L1620211216175.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L286-XVII-20231124-T1720231117128-bueno.pdf</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley de Responsabilidades de los Servidores Públicos del Estado.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L217-XVI-20191226-L1620191226035.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos para el Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L205-XVIII-20241009-L1820241009234.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Prestación de Servicios Inmobiliarios del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L81-XVII-20240424-L1720240424225-infraestructura.pdf</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L92-XV-20160615-404.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L346-XVIII-20251210-L1820251210169-Ley-de-Ingresos-de-FCP-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L246-XVI-20211221-L1620211221189.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L330-XVIII-20251216-L1820251216186-Ley-Org-Fiscalía-Especializada.pdf</t>
+  </si>
+  <si>
+    <t>Ley para la Prevención y el Tratamiento de las Adicciones del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L221-XVII-20200221-L1620200221002.pdf</t>
+  </si>
+  <si>
+    <t>Ley que Crea el Consejo Estatal de Armonización Contable del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Hacienda del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-05-25</t>
+  </si>
+  <si>
+    <t>Ley Orgánica de la Procuraduría General de Justicia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Benito Juárez, Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L180-XVIII-20251010-L1820251010146.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Proyectos de Prestación de Servicios para el Estado y los Municipios de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley para Prevenir, Atender y Erradicar la Violencia entre Estudiantes del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2024</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal del 2019.</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>Ley de Víctimas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L207-XVI-20191226-L1620191226008.pdf</t>
   </si>
   <si>
     <t>Ley para el Fomento de la Cultura de Donación Voluntaria de Sangre del Estado de Quintana Roo.</t>
   </si>
   <si>
-    <t>Ley de Amnistía para el Estado de Quintana Roo</t>
-[...65 lines deleted...]
-    <t>Ley que crea la Procuraduría de Protección al Ambiente del Estado de Quintana Roo.</t>
+    <t>2022-12-17</t>
+  </si>
+  <si>
+    <t>Ley de Protección Civil del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>2023-03-23</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L282-XVII-20221223-P1720221223038.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Asociaciones Público-Privadas para el Estado y los Municipios de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-28</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L279-XVII-20221219-LI20221219026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Tránsito, Transporte y Explotación de Vías y Carreteras del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Lázaro Cárdenas, Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L261-XVII-20240710-L1720240710253.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L342-XVIII-20251210-T1820251210163-Tabla-de-Valores-LC-2026.pdf</t>
+  </si>
+  <si>
+    <t>2010-10-29</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria del Municipio de Tulum para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
   </si>
   <si>
     <t>Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
   </si>
   <si>
-    <t>Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria en el Municipio de Felipe Carrillo Puerto del Estado de Quintana Roo para el ejercicio fiscal 2021.</t>
-[...8 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/leyes/L183-XV-20170719-89.pdf</t>
+    <t>1978-09-30</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L118-XVIII-20250401-L1820250401101-Ley-para-el-Desa-y-la-Inclusión-CON-LEYENDA-59_2025b.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L350-XVIII-20251210-L1820251210175-Ley-de-Ingresos-Bacalar-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Fraccionamientos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L108-XVIII-20251210-L1820251210184-Ley-la-Juventud.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L223-XVIII-20201222-L1620201222066-OPB.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L202-XVIII-20231221-L1720231221137.pdf</t>
+  </si>
+  <si>
+    <t>2015-10-30</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L145-XV-31122018-776.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L285-XVII-20231222-L1720231222201.pdf</t>
+  </si>
+  <si>
+    <t>Ley que crea el organismo público descentralizado denominado Secretariado Ejecutivo del Sistema Estatal de Seguridad Pública del estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L276-XVIII-20251210-L1820251210161-Ley-de-Hacienda-del-Mpio-de-Tulum.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Puerto Morelos del Estado de Quintana Roo, para el Ejercicio Fiscal 2019.</t>
+  </si>
+  <si>
+    <t>Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L307-XVII-20240409-L1720240410210.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Asistencia y Prevención de la Violencia Familiar del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L114-XVI-20210716-L1620210716133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L294-XVII-20231221-LI20231221158.pdf</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2023</t>
   </si>
   <si>
     <t>Ley sobre las Características y el Uso del Escudo del Estado de Quintana Roo.</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/leyes/L84-XVII-20231005-L1720231005102-profesiones.pdf</t>
-[...110 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/leyes/L177-XVI-20210716-L1620210716133.pdf</t>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Ley para la Dotación Gratuita de Uniformes, Mochilas y Útiles Escolares a las Alumnas y los Alumnos Inscritos en Escuelas Públicas de Educación Básica en el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/leyes/L1420141209165.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026</t>
+  </si>
+  <si>
+    <t>2015-12-09</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/leyes/L215-XVI-20191226-L1620191226031.pdf</t>
   </si>
   <si>
-    <t>Ley Orgánica del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
-[...64 lines deleted...]
-  <si>
     <t>https://documentos.congresoqroo.gob.mx/leyes/L264-XVI-20220616-L1620220616241.pdf</t>
   </si>
   <si>
-    <t>Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el ejercicio fiscal 2022</t>
-[...1192 lines deleted...]
-  <si>
     <t>Ley de Turismo del Estado de Quintana Roo.</t>
-  </si>
-[...892 lines deleted...]
-    <t>2020-09-08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -2753,4529 +2855,4795 @@
             </ns0:gs>
             <ns0:gs pos="100000">
               <ns0:schemeClr val="phClr">
                 <ns0:shade val="30000"/>
                 <ns0:satMod val="200000"/>
               </ns0:schemeClr>
             </ns0:gs>
           </ns0:gsLst>
           <ns0:path path="circle">
             <ns0:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </ns0:path>
         </ns0:gradFill>
       </ns0:bgFillStyleLst>
     </ns0:fmtScheme>
   </ns0:themeElements>
   <ns0:objectDefaults/>
   <ns0:extraClrSchemeLst/>
 </ns0:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D319"/>
+  <dimension ref="A1:D338"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col collapsed="0" min="1" max="1" width="9.10"/>
     <col collapsed="0" min="2" max="2" width="9.10"/>
     <col collapsed="0" min="3" max="3" width="9.10"/>
     <col collapsed="0" min="4" max="4" width="9.10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s" s="1">
-        <v>691</v>
+        <v>150</v>
       </c>
       <c r="B1" t="s" s="1">
-        <v>22</v>
+        <v>412</v>
       </c>
       <c r="C1" t="s" s="1">
-        <v>112</v>
+        <v>469</v>
       </c>
       <c r="D1" t="s" s="1">
-        <v>570</v>
+        <v>558</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>599</v>
+        <v>657</v>
       </c>
       <c r="B2" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C2" t="s">
-        <v>563</v>
+        <v>73</v>
       </c>
       <c r="D2" t="s">
-        <v>389</v>
+        <v>462</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>196</v>
+        <v>808</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C3" t="s">
-        <v>177</v>
+        <v>300</v>
       </c>
       <c r="D3" t="s">
-        <v>722</v>
+        <v>365</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>198</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C4" t="s">
-        <v>134</v>
+        <v>431</v>
       </c>
       <c r="D4" t="s">
-        <v>713</v>
+        <v>582</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>660</v>
+        <v>573</v>
       </c>
       <c r="B5" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C5" t="s">
-        <v>195</v>
+        <v>553</v>
       </c>
       <c r="D5" t="s">
-        <v>252</v>
+        <v>758</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>723</v>
+        <v>175</v>
       </c>
       <c r="B6" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C6" t="s">
-        <v>298</v>
+        <v>772</v>
       </c>
       <c r="D6" t="s">
-        <v>168</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>553</v>
+        <v>77</v>
       </c>
       <c r="B7" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C7" t="s">
-        <v>571</v>
+        <v>122</v>
       </c>
       <c r="D7" t="s">
-        <v>377</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B8" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C8" t="s">
-        <v>126</v>
+        <v>442</v>
       </c>
       <c r="D8" t="s">
-        <v>360</v>
+        <v>724</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>538</v>
+        <v>233</v>
       </c>
       <c r="B9" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C9" t="s">
-        <v>761</v>
+        <v>659</v>
       </c>
       <c r="D9" t="s">
-        <v>478</v>
+        <v>228</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>576</v>
+        <v>443</v>
       </c>
       <c r="B10" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C10" t="s">
-        <v>387</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
-        <v>713</v>
+        <v>582</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>311</v>
+        <v>750</v>
       </c>
       <c r="B11" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C11" t="s">
-        <v>591</v>
+        <v>334</v>
       </c>
       <c r="D11" t="s">
-        <v>360</v>
+        <v>574</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>719</v>
+        <v>753</v>
       </c>
       <c r="B12" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C12" t="s">
-        <v>549</v>
+        <v>407</v>
       </c>
       <c r="D12" t="s">
-        <v>397</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>376</v>
+        <v>526</v>
       </c>
       <c r="B13" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C13" t="s">
-        <v>302</v>
+        <v>461</v>
       </c>
       <c r="D13" t="s">
-        <v>215</v>
+        <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>602</v>
+        <v>536</v>
       </c>
       <c r="B14" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C14" t="s">
-        <v>150</v>
+        <v>451</v>
       </c>
       <c r="D14" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>331</v>
+        <v>607</v>
       </c>
       <c r="B15" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C15" t="s">
-        <v>780</v>
+        <v>542</v>
       </c>
       <c r="D15" t="s">
-        <v>168</v>
+        <v>78</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>210</v>
+        <v>137</v>
       </c>
       <c r="B16" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>447</v>
       </c>
       <c r="D16" t="s">
-        <v>88</v>
+        <v>563</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>536</v>
+        <v>599</v>
       </c>
       <c r="B17" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C17" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D17" t="s">
-        <v>395</v>
+        <v>188</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C18" t="s">
-        <v>349</v>
+        <v>393</v>
       </c>
       <c r="D18" t="s">
-        <v>389</v>
+        <v>288</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>626</v>
+        <v>756</v>
       </c>
       <c r="B19" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C19" t="s">
-        <v>431</v>
+        <v>702</v>
       </c>
       <c r="D19" t="s">
-        <v>252</v>
+        <v>582</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>276</v>
+        <v>731</v>
       </c>
       <c r="B20" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C20" t="s">
-        <v>420</v>
+        <v>358</v>
       </c>
       <c r="D20" t="s">
-        <v>368</v>
+        <v>299</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>606</v>
+        <v>193</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>664</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>215</v>
+        <v>462</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>650</v>
       </c>
       <c r="B22" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C22" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="D22" t="s">
-        <v>168</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>386</v>
+        <v>277</v>
       </c>
       <c r="B23" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C23" t="s">
-        <v>539</v>
+        <v>609</v>
       </c>
       <c r="D23" t="s">
-        <v>611</v>
+        <v>579</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>288</v>
+        <v>455</v>
       </c>
       <c r="B24" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C24" t="s">
-        <v>304</v>
+        <v>721</v>
       </c>
       <c r="D24" t="s">
-        <v>485</v>
+        <v>582</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>766</v>
+        <v>191</v>
       </c>
       <c r="B25" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>601</v>
       </c>
       <c r="D25" t="s">
-        <v>278</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>499</v>
+        <v>231</v>
       </c>
       <c r="B26" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C26" t="s">
-        <v>614</v>
+        <v>209</v>
       </c>
       <c r="D26" t="s">
-        <v>481</v>
+        <v>758</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>458</v>
+        <v>13</v>
       </c>
       <c r="B27" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C27" t="s">
-        <v>702</v>
+        <v>658</v>
       </c>
       <c r="D27" t="s">
-        <v>568</v>
+        <v>288</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="B28" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C28" t="s">
-        <v>12</v>
+        <v>722</v>
       </c>
       <c r="D28" t="s">
-        <v>760</v>
+        <v>228</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>181</v>
       </c>
       <c r="B29" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C29" t="s">
-        <v>293</v>
+        <v>226</v>
       </c>
       <c r="D29" t="s">
-        <v>611</v>
+        <v>276</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>575</v>
+        <v>418</v>
       </c>
       <c r="B30" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C30" t="s">
-        <v>634</v>
+        <v>166</v>
       </c>
       <c r="D30" t="s">
-        <v>339</v>
+        <v>517</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="B31" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C31" t="s">
-        <v>608</v>
+        <v>509</v>
       </c>
       <c r="D31" t="s">
-        <v>713</v>
+        <v>582</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>634</v>
       </c>
       <c r="B32" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C32" t="s">
-        <v>632</v>
+        <v>178</v>
       </c>
       <c r="D32" t="s">
-        <v>731</v>
+        <v>357</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>423</v>
+        <v>660</v>
       </c>
       <c r="B33" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C33" t="s">
-        <v>727</v>
+        <v>88</v>
       </c>
       <c r="D33" t="s">
-        <v>481</v>
+        <v>514</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>768</v>
+        <v>344</v>
       </c>
       <c r="B34" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C34" t="s">
-        <v>747</v>
+        <v>426</v>
       </c>
       <c r="D34" t="s">
-        <v>611</v>
+        <v>563</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>474</v>
+        <v>715</v>
       </c>
       <c r="B35" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C35" t="s">
-        <v>428</v>
+        <v>119</v>
       </c>
       <c r="D35" t="s">
-        <v>481</v>
+        <v>618</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>296</v>
+        <v>356</v>
       </c>
       <c r="B36" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C36" t="s">
-        <v>236</v>
+        <v>470</v>
       </c>
       <c r="D36" t="s">
-        <v>713</v>
+        <v>288</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>254</v>
+        <v>382</v>
       </c>
       <c r="B37" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C37" t="s">
-        <v>743</v>
+        <v>673</v>
       </c>
       <c r="D37" t="s">
-        <v>760</v>
+        <v>288</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>623</v>
+        <v>255</v>
       </c>
       <c r="B38" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C38" t="s">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="D38" t="s">
-        <v>494</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>714</v>
+        <v>664</v>
       </c>
       <c r="B39" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C39" t="s">
-        <v>670</v>
+        <v>643</v>
       </c>
       <c r="D39" t="s">
-        <v>389</v>
+        <v>582</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>438</v>
+        <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>141</v>
+        <v>481</v>
       </c>
       <c r="D40" t="s">
-        <v>481</v>
+        <v>288</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>16</v>
+        <v>550</v>
       </c>
       <c r="B41" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C41" t="s">
-        <v>635</v>
+        <v>215</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>541</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>580</v>
+        <v>549</v>
       </c>
       <c r="B42" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>715</v>
+        <v>195</v>
       </c>
       <c r="D42" t="s">
-        <v>139</v>
+        <v>618</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>121</v>
       </c>
       <c r="B43" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C43" t="s">
-        <v>462</v>
+        <v>809</v>
       </c>
       <c r="D43" t="s">
-        <v>139</v>
+        <v>288</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>135</v>
+        <v>457</v>
       </c>
       <c r="B44" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C44" t="s">
-        <v>615</v>
+        <v>315</v>
       </c>
       <c r="D44" t="s">
-        <v>389</v>
+        <v>582</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>105</v>
+        <v>584</v>
       </c>
       <c r="B45" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C45" t="s">
-        <v>94</v>
+        <v>564</v>
       </c>
       <c r="D45" t="s">
-        <v>481</v>
+        <v>357</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>26</v>
+        <v>439</v>
       </c>
       <c r="B46" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C46" t="s">
-        <v>363</v>
+        <v>62</v>
       </c>
       <c r="D46" t="s">
-        <v>713</v>
+        <v>563</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="B47" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C47" t="s">
-        <v>352</v>
+        <v>60</v>
       </c>
       <c r="D47" t="s">
-        <v>389</v>
+        <v>582</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>144</v>
+        <v>490</v>
       </c>
       <c r="B48" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C48" t="s">
-        <v>382</v>
+        <v>649</v>
       </c>
       <c r="D48" t="s">
-        <v>742</v>
+        <v>288</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>151</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C49" t="s">
-        <v>295</v>
+        <v>266</v>
       </c>
       <c r="D49" t="s">
-        <v>481</v>
+        <v>747</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>205</v>
+        <v>796</v>
       </c>
       <c r="B50" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C50" t="s">
-        <v>89</v>
+        <v>370</v>
       </c>
       <c r="D50" t="s">
-        <v>713</v>
+        <v>357</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>696</v>
+        <v>790</v>
       </c>
       <c r="B51" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C51" t="s">
-        <v>1</v>
+        <v>792</v>
       </c>
       <c r="D51" t="s">
-        <v>742</v>
+        <v>288</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>29</v>
+        <v>298</v>
       </c>
       <c r="B52" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C52" t="s">
-        <v>567</v>
+        <v>41</v>
       </c>
       <c r="D52" t="s">
-        <v>179</v>
+        <v>582</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>786</v>
+        <v>754</v>
       </c>
       <c r="B53" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C53" t="s">
-        <v>166</v>
+        <v>63</v>
       </c>
       <c r="D53" t="s">
-        <v>68</v>
+        <v>523</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>383</v>
+        <v>312</v>
       </c>
       <c r="B54" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C54" t="s">
-        <v>27</v>
+        <v>448</v>
       </c>
       <c r="D54" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>299</v>
+        <v>828</v>
       </c>
       <c r="B55" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C55" t="s">
-        <v>203</v>
+        <v>32</v>
       </c>
       <c r="D55" t="s">
-        <v>481</v>
+        <v>582</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>228</v>
+        <v>556</v>
       </c>
       <c r="B56" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C56" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>122</v>
+        <v>357</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>561</v>
+        <v>353</v>
       </c>
       <c r="B57" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C57" t="s">
-        <v>603</v>
+        <v>265</v>
       </c>
       <c r="D57" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>409</v>
+        <v>768</v>
       </c>
       <c r="B58" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C58" t="s">
-        <v>562</v>
+        <v>428</v>
       </c>
       <c r="D58" t="s">
-        <v>400</v>
+        <v>288</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>11</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C59" t="s">
-        <v>443</v>
+        <v>755</v>
       </c>
       <c r="D59" t="s">
-        <v>713</v>
+        <v>462</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>739</v>
+        <v>69</v>
       </c>
       <c r="B60" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C60" t="s">
-        <v>697</v>
+        <v>799</v>
       </c>
       <c r="D60" t="s">
-        <v>64</v>
+        <v>421</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>9</v>
+        <v>389</v>
       </c>
       <c r="B61" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C61" t="s">
-        <v>698</v>
+        <v>678</v>
       </c>
       <c r="D61" t="s">
-        <v>68</v>
+        <v>582</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>516</v>
+        <v>261</v>
       </c>
       <c r="B62" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C62" t="s">
-        <v>543</v>
+        <v>355</v>
       </c>
       <c r="D62" t="s">
-        <v>481</v>
+        <v>357</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="B63" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C63" t="s">
-        <v>172</v>
+        <v>594</v>
       </c>
       <c r="D63" t="s">
-        <v>724</v>
+        <v>104</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>279</v>
+        <v>3</v>
       </c>
       <c r="B64" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C64" t="s">
-        <v>534</v>
+        <v>144</v>
       </c>
       <c r="D64" t="s">
-        <v>68</v>
+        <v>421</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="B65" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C65" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="D65" t="s">
-        <v>101</v>
+        <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>432</v>
+        <v>818</v>
       </c>
       <c r="B66" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C66" t="s">
-        <v>547</v>
+        <v>641</v>
       </c>
       <c r="D66" t="s">
-        <v>613</v>
+        <v>288</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>675</v>
+        <v>589</v>
       </c>
       <c r="B67" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>22</v>
       </c>
       <c r="D67" t="s">
-        <v>160</v>
+        <v>288</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>188</v>
+        <v>545</v>
       </c>
       <c r="B68" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C68" t="s">
-        <v>97</v>
+        <v>485</v>
       </c>
       <c r="D68" t="s">
-        <v>266</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>66</v>
+        <v>591</v>
       </c>
       <c r="B69" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C69" t="s">
-        <v>569</v>
+        <v>322</v>
       </c>
       <c r="D69" t="s">
-        <v>609</v>
+        <v>357</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="B70" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C70" t="s">
-        <v>445</v>
+        <v>508</v>
       </c>
       <c r="D70" t="s">
-        <v>346</v>
+        <v>582</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>102</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C71" t="s">
-        <v>707</v>
+        <v>37</v>
       </c>
       <c r="D71" t="s">
-        <v>368</v>
+        <v>114</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>521</v>
+        <v>329</v>
       </c>
       <c r="B72" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C72" t="s">
-        <v>551</v>
+        <v>0</v>
       </c>
       <c r="D72" t="s">
-        <v>187</v>
+        <v>288</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>231</v>
+        <v>653</v>
       </c>
       <c r="B73" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C73" t="s">
-        <v>522</v>
+        <v>87</v>
       </c>
       <c r="D73" t="s">
-        <v>510</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="B74" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C74" t="s">
-        <v>732</v>
+        <v>804</v>
       </c>
       <c r="D74" t="s">
-        <v>346</v>
+        <v>446</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>684</v>
+        <v>400</v>
       </c>
       <c r="B75" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C75" t="s">
-        <v>752</v>
+        <v>463</v>
       </c>
       <c r="D75" t="s">
-        <v>469</v>
+        <v>177</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>498</v>
+        <v>82</v>
       </c>
       <c r="B76" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C76" t="s">
-        <v>260</v>
+        <v>155</v>
       </c>
       <c r="D76" t="s">
-        <v>346</v>
+        <v>656</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>71</v>
+        <v>263</v>
       </c>
       <c r="B77" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C77" t="s">
-        <v>129</v>
+        <v>94</v>
       </c>
       <c r="D77" t="s">
-        <v>346</v>
+        <v>114</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>394</v>
+        <v>91</v>
       </c>
       <c r="B78" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C78" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="D78" t="s">
-        <v>537</v>
+        <v>288</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>294</v>
+        <v>237</v>
       </c>
       <c r="B79" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C79" t="s">
-        <v>402</v>
+        <v>377</v>
       </c>
       <c r="D79" t="s">
-        <v>771</v>
+        <v>288</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>289</v>
+        <v>197</v>
       </c>
       <c r="B80" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C80" t="s">
-        <v>484</v>
+        <v>244</v>
       </c>
       <c r="D80" t="s">
-        <v>510</v>
+        <v>357</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>540</v>
+        <v>680</v>
       </c>
       <c r="B81" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C81" t="s">
-        <v>644</v>
+        <v>64</v>
       </c>
       <c r="D81" t="s">
-        <v>397</v>
+        <v>288</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>72</v>
+        <v>720</v>
       </c>
       <c r="B82" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C82" t="s">
-        <v>512</v>
+        <v>585</v>
       </c>
       <c r="D82" t="s">
-        <v>537</v>
+        <v>288</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>559</v>
+        <v>449</v>
       </c>
       <c r="B83" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C83" t="s">
-        <v>219</v>
+        <v>802</v>
       </c>
       <c r="D83" t="s">
-        <v>464</v>
+        <v>288</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>662</v>
+        <v>202</v>
       </c>
       <c r="B84" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C84" t="s">
-        <v>345</v>
+        <v>661</v>
       </c>
       <c r="D84" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>258</v>
+        <v>95</v>
       </c>
       <c r="B85" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C85" t="s">
-        <v>36</v>
+        <v>368</v>
       </c>
       <c r="D85" t="s">
-        <v>508</v>
+        <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>312</v>
+        <v>822</v>
       </c>
       <c r="B86" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C86" t="s">
-        <v>782</v>
+        <v>827</v>
       </c>
       <c r="D86" t="s">
-        <v>407</v>
+        <v>692</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>437</v>
+        <v>252</v>
       </c>
       <c r="B87" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C87" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D87" t="s">
-        <v>407</v>
+        <v>784</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>716</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C88" t="s">
-        <v>230</v>
+        <v>367</v>
       </c>
       <c r="D88" t="s">
-        <v>99</v>
+        <v>284</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>735</v>
+        <v>280</v>
       </c>
       <c r="B89" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C89" t="s">
-        <v>659</v>
+        <v>186</v>
       </c>
       <c r="D89" t="s">
-        <v>351</v>
+        <v>579</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="B90" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C90" t="s">
-        <v>596</v>
+        <v>301</v>
       </c>
       <c r="D90" t="s">
-        <v>153</v>
+        <v>735</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>530</v>
+        <v>491</v>
       </c>
       <c r="B91" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C91" t="s">
-        <v>528</v>
+        <v>710</v>
       </c>
       <c r="D91" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>218</v>
+        <v>432</v>
       </c>
       <c r="B92" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C92" t="s">
-        <v>107</v>
+        <v>760</v>
       </c>
       <c r="D92" t="s">
-        <v>360</v>
+        <v>288</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>178</v>
+        <v>456</v>
       </c>
       <c r="B93" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C93" t="s">
-        <v>250</v>
+        <v>636</v>
       </c>
       <c r="D93" t="s">
-        <v>771</v>
+        <v>288</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>762</v>
+        <v>405</v>
       </c>
       <c r="B94" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C94" t="s">
-        <v>785</v>
+        <v>524</v>
       </c>
       <c r="D94" t="s">
-        <v>360</v>
+        <v>284</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>460</v>
+        <v>311</v>
       </c>
       <c r="B95" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C95" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="D95" t="s">
-        <v>368</v>
+        <v>781</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>217</v>
+        <v>123</v>
       </c>
       <c r="B96" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C96" t="s">
-        <v>167</v>
+        <v>383</v>
       </c>
       <c r="D96" t="s">
-        <v>607</v>
+        <v>284</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="B97" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C97" t="s">
-        <v>781</v>
+        <v>79</v>
       </c>
       <c r="D97" t="s">
-        <v>267</v>
+        <v>284</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>427</v>
+        <v>592</v>
       </c>
       <c r="B98" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C98" t="s">
-        <v>552</v>
+        <v>803</v>
       </c>
       <c r="D98" t="s">
-        <v>393</v>
+        <v>156</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>554</v>
+        <v>185</v>
       </c>
       <c r="B99" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C99" t="s">
-        <v>678</v>
+        <v>49</v>
       </c>
       <c r="D99" t="s">
-        <v>425</v>
+        <v>288</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>240</v>
+        <v>116</v>
       </c>
       <c r="B100" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C100" t="s">
-        <v>320</v>
+        <v>127</v>
       </c>
       <c r="D100" t="s">
-        <v>425</v>
+        <v>777</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>454</v>
+        <v>783</v>
       </c>
       <c r="B101" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C101" t="s">
-        <v>165</v>
+        <v>552</v>
       </c>
       <c r="D101" t="s">
-        <v>492</v>
+        <v>288</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>357</v>
+        <v>778</v>
       </c>
       <c r="B102" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C102" t="s">
-        <v>441</v>
+        <v>637</v>
       </c>
       <c r="D102" t="s">
-        <v>108</v>
+        <v>288</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>560</v>
+        <v>645</v>
       </c>
       <c r="B103" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C103" t="s">
-        <v>581</v>
+        <v>47</v>
       </c>
       <c r="D103" t="s">
-        <v>93</v>
+        <v>288</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>272</v>
+        <v>350</v>
       </c>
       <c r="B104" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C104" t="s">
-        <v>461</v>
+        <v>273</v>
       </c>
       <c r="D104" t="s">
-        <v>54</v>
+        <v>156</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>372</v>
+        <v>610</v>
       </c>
       <c r="B105" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C105" t="s">
-        <v>131</v>
+        <v>694</v>
       </c>
       <c r="D105" t="s">
-        <v>325</v>
+        <v>551</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>466</v>
+        <v>488</v>
       </c>
       <c r="B106" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C106" t="s">
-        <v>655</v>
+        <v>695</v>
       </c>
       <c r="D106" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>476</v>
+        <v>616</v>
       </c>
       <c r="B107" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C107" t="s">
-        <v>275</v>
+        <v>516</v>
       </c>
       <c r="D107" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>186</v>
+        <v>142</v>
       </c>
       <c r="B108" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C108" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="D108" t="s">
-        <v>492</v>
+        <v>256</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>300</v>
+        <v>566</v>
       </c>
       <c r="B109" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C109" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="D109" t="s">
-        <v>509</v>
+        <v>228</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>405</v>
+        <v>774</v>
       </c>
       <c r="B110" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C110" t="s">
-        <v>211</v>
+        <v>361</v>
       </c>
       <c r="D110" t="s">
-        <v>81</v>
+        <v>260</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>308</v>
+        <v>675</v>
       </c>
       <c r="B111" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C111" t="s">
-        <v>687</v>
+        <v>746</v>
       </c>
       <c r="D111" t="s">
-        <v>492</v>
+        <v>427</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>692</v>
+        <v>92</v>
       </c>
       <c r="B112" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C112" t="s">
-        <v>756</v>
+        <v>272</v>
       </c>
       <c r="D112" t="s">
-        <v>492</v>
+        <v>103</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>353</v>
+        <v>225</v>
       </c>
       <c r="B113" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C113" t="s">
-        <v>5</v>
+        <v>341</v>
       </c>
       <c r="D113" t="s">
-        <v>233</v>
+        <v>409</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>637</v>
+        <v>748</v>
       </c>
       <c r="B114" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C114" t="s">
-        <v>617</v>
+        <v>324</v>
       </c>
       <c r="D114" t="s">
-        <v>233</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>618</v>
+        <v>580</v>
       </c>
       <c r="B115" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C115" t="s">
-        <v>245</v>
+        <v>763</v>
       </c>
       <c r="D115" t="s">
-        <v>332</v>
+        <v>582</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>367</v>
+        <v>42</v>
       </c>
       <c r="B116" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C116" t="s">
-        <v>517</v>
+        <v>459</v>
       </c>
       <c r="D116" t="s">
-        <v>673</v>
+        <v>288</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>753</v>
+        <v>824</v>
       </c>
       <c r="B117" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C117" t="s">
-        <v>69</v>
+        <v>800</v>
       </c>
       <c r="D117" t="s">
-        <v>787</v>
+        <v>288</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>251</v>
+        <v>491</v>
       </c>
       <c r="B118" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C118" t="s">
-        <v>456</v>
+        <v>730</v>
       </c>
       <c r="D118" t="s">
-        <v>109</v>
+        <v>582</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>631</v>
+        <v>617</v>
       </c>
       <c r="B119" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C119" t="s">
-        <v>297</v>
+        <v>164</v>
       </c>
       <c r="D119" t="s">
-        <v>717</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="B120" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C120" t="s">
-        <v>164</v>
+        <v>672</v>
       </c>
       <c r="D120" t="s">
-        <v>401</v>
+        <v>579</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>309</v>
+        <v>559</v>
       </c>
       <c r="B121" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C121" t="s">
-        <v>718</v>
+        <v>742</v>
       </c>
       <c r="D121" t="s">
-        <v>379</v>
+        <v>794</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>535</v>
+        <v>319</v>
       </c>
       <c r="B122" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C122" t="s">
-        <v>206</v>
+        <v>403</v>
       </c>
       <c r="D122" t="s">
-        <v>385</v>
+        <v>288</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="B123" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C123" t="s">
-        <v>143</v>
+        <v>507</v>
       </c>
       <c r="D123" t="s">
-        <v>633</v>
+        <v>582</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>354</v>
+        <v>767</v>
       </c>
       <c r="B124" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C124" t="s">
-        <v>184</v>
+        <v>759</v>
       </c>
       <c r="D124" t="s">
-        <v>485</v>
+        <v>737</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>60</v>
+        <v>401</v>
       </c>
       <c r="B125" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C125" t="s">
-        <v>638</v>
+        <v>93</v>
       </c>
       <c r="D125" t="s">
-        <v>77</v>
+        <v>381</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="B126" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C126" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="D126" t="s">
-        <v>388</v>
+        <v>359</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>519</v>
+        <v>726</v>
       </c>
       <c r="B127" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C127" t="s">
-        <v>624</v>
+        <v>729</v>
       </c>
       <c r="D127" t="s">
-        <v>612</v>
+        <v>359</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>600</v>
+        <v>6</v>
       </c>
       <c r="B128" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C128" t="s">
-        <v>149</v>
+        <v>654</v>
       </c>
       <c r="D128" t="s">
-        <v>216</v>
+        <v>143</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>621</v>
+        <v>770</v>
       </c>
       <c r="B129" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C129" t="s">
-        <v>433</v>
+        <v>332</v>
       </c>
       <c r="D129" t="s">
-        <v>58</v>
+        <v>380</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>183</v>
+        <v>105</v>
       </c>
       <c r="B130" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C130" t="s">
-        <v>488</v>
+        <v>24</v>
       </c>
       <c r="D130" t="s">
-        <v>478</v>
+        <v>254</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>497</v>
+        <v>83</v>
       </c>
       <c r="B131" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C131" t="s">
-        <v>273</v>
+        <v>568</v>
       </c>
       <c r="D131" t="s">
-        <v>725</v>
+        <v>253</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>358</v>
+        <v>690</v>
       </c>
       <c r="B132" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C132" t="s">
-        <v>110</v>
+        <v>593</v>
       </c>
       <c r="D132" t="s">
-        <v>754</v>
+        <v>205</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>592</v>
+        <v>385</v>
       </c>
       <c r="B133" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C133" t="s">
-        <v>284</v>
+        <v>679</v>
       </c>
       <c r="D133" t="s">
-        <v>754</v>
+        <v>346</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>355</v>
+        <v>717</v>
       </c>
       <c r="B134" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C134" t="s">
-        <v>587</v>
+        <v>399</v>
       </c>
       <c r="D134" t="s">
-        <v>406</v>
+        <v>112</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>598</v>
+        <v>474</v>
       </c>
       <c r="B135" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C135" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="D135" t="s">
-        <v>306</v>
+        <v>143</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>579</v>
+        <v>471</v>
       </c>
       <c r="B136" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C136" t="s">
-        <v>8</v>
+        <v>445</v>
       </c>
       <c r="D136" t="s">
-        <v>667</v>
+        <v>436</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>541</v>
+        <v>716</v>
       </c>
       <c r="B137" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C137" t="s">
-        <v>56</v>
+        <v>614</v>
       </c>
       <c r="D137" t="s">
-        <v>754</v>
+        <v>201</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>197</v>
+        <v>404</v>
       </c>
       <c r="B138" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C138" t="s">
-        <v>52</v>
+        <v>242</v>
       </c>
       <c r="D138" t="s">
-        <v>737</v>
+        <v>143</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>440</v>
+        <v>325</v>
       </c>
       <c r="B139" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C139" t="s">
-        <v>23</v>
+        <v>741</v>
       </c>
       <c r="D139" t="s">
-        <v>264</v>
+        <v>143</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>35</v>
+        <v>340</v>
       </c>
       <c r="B140" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C140" t="s">
-        <v>467</v>
+        <v>109</v>
       </c>
       <c r="D140" t="s">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>162</v>
+        <v>392</v>
       </c>
       <c r="B141" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C141" t="s">
-        <v>706</v>
+        <v>331</v>
       </c>
       <c r="D141" t="s">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>128</v>
+        <v>704</v>
       </c>
       <c r="B142" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C142" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="D142" t="s">
-        <v>673</v>
+        <v>352</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>361</v>
+        <v>84</v>
       </c>
       <c r="B143" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C143" t="s">
-        <v>124</v>
+        <v>655</v>
       </c>
       <c r="D143" t="s">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>526</v>
+        <v>569</v>
       </c>
       <c r="B144" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C144" t="s">
-        <v>145</v>
+        <v>466</v>
       </c>
       <c r="D144" t="s">
-        <v>4</v>
+        <v>328</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>695</v>
+        <v>468</v>
       </c>
       <c r="B145" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C145" t="s">
-        <v>544</v>
+        <v>378</v>
       </c>
       <c r="D145" t="s">
-        <v>468</v>
+        <v>153</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>745</v>
+        <v>424</v>
       </c>
       <c r="B146" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C146" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="D146" t="s">
-        <v>663</v>
+        <v>131</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>364</v>
+        <v>454</v>
       </c>
       <c r="B147" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C147" t="s">
-        <v>338</v>
+        <v>158</v>
       </c>
       <c r="D147" t="s">
-        <v>533</v>
+        <v>711</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>154</v>
+        <v>342</v>
       </c>
       <c r="B148" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C148" t="s">
-        <v>115</v>
+        <v>440</v>
       </c>
       <c r="D148" t="s">
-        <v>468</v>
+        <v>527</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>480</v>
+        <v>554</v>
       </c>
       <c r="B149" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C149" t="s">
-        <v>337</v>
+        <v>733</v>
       </c>
       <c r="D149" t="s">
-        <v>470</v>
+        <v>34</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>40</v>
+        <v>718</v>
       </c>
       <c r="B150" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C150" t="s">
-        <v>630</v>
+        <v>430</v>
       </c>
       <c r="D150" t="s">
-        <v>347</v>
+        <v>187</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>757</v>
+        <v>725</v>
       </c>
       <c r="B151" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C151" t="s">
-        <v>679</v>
+        <v>221</v>
       </c>
       <c r="D151" t="s">
-        <v>505</v>
+        <v>276</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>758</v>
+        <v>668</v>
       </c>
       <c r="B152" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C152" t="s">
-        <v>310</v>
+        <v>728</v>
       </c>
       <c r="D152" t="s">
-        <v>793</v>
+        <v>598</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>55</v>
+        <v>510</v>
       </c>
       <c r="B153" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C153" t="s">
-        <v>373</v>
+        <v>171</v>
       </c>
       <c r="D153" t="s">
-        <v>628</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>769</v>
+        <v>423</v>
       </c>
       <c r="B154" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C154" t="s">
-        <v>748</v>
+        <v>35</v>
       </c>
       <c r="D154" t="s">
-        <v>620</v>
+        <v>165</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>6</v>
+        <v>67</v>
       </c>
       <c r="B155" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C155" t="s">
-        <v>262</v>
+        <v>681</v>
       </c>
       <c r="D155" t="s">
-        <v>391</v>
+        <v>473</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>255</v>
+        <v>220</v>
       </c>
       <c r="B156" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C156" t="s">
-        <v>256</v>
+        <v>619</v>
       </c>
       <c r="D156" t="s">
-        <v>347</v>
+        <v>793</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>404</v>
+        <v>651</v>
       </c>
       <c r="B157" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C157" t="s">
-        <v>132</v>
+        <v>565</v>
       </c>
       <c r="D157" t="s">
-        <v>348</v>
+        <v>574</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>46</v>
+        <v>227</v>
       </c>
       <c r="B158" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C158" t="s">
-        <v>586</v>
+        <v>222</v>
       </c>
       <c r="D158" t="s">
-        <v>417</v>
+        <v>798</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>514</v>
+        <v>540</v>
       </c>
       <c r="B159" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C159" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="D159" t="s">
-        <v>286</v>
+        <v>575</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>422</v>
+        <v>80</v>
       </c>
       <c r="B160" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C160" t="s">
-        <v>677</v>
+        <v>823</v>
       </c>
       <c r="D160" t="s">
-        <v>139</v>
+        <v>575</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>578</v>
+        <v>285</v>
       </c>
       <c r="B161" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C161" t="s">
-        <v>96</v>
+        <v>600</v>
       </c>
       <c r="D161" t="s">
-        <v>139</v>
+        <v>498</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>446</v>
+        <v>262</v>
       </c>
       <c r="B162" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C162" t="s">
-        <v>119</v>
+        <v>295</v>
       </c>
       <c r="D162" t="s">
-        <v>139</v>
+        <v>267</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>711</v>
+        <v>126</v>
       </c>
       <c r="B163" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C163" t="s">
-        <v>42</v>
+        <v>218</v>
       </c>
       <c r="D163" t="s">
-        <v>139</v>
+        <v>402</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>249</v>
+        <v>640</v>
       </c>
       <c r="B164" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C164" t="s">
-        <v>380</v>
+        <v>139</v>
       </c>
       <c r="D164" t="s">
-        <v>139</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>426</v>
+        <v>764</v>
       </c>
       <c r="B165" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C165" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D165" t="s">
-        <v>139</v>
+        <v>289</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="B166" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C166" t="s">
-        <v>343</v>
+        <v>486</v>
       </c>
       <c r="D166" t="s">
-        <v>139</v>
+        <v>562</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>138</v>
+        <v>820</v>
       </c>
       <c r="B167" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C167" t="s">
-        <v>449</v>
+        <v>744</v>
       </c>
       <c r="D167" t="s">
-        <v>139</v>
+        <v>112</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>665</v>
+        <v>360</v>
       </c>
       <c r="B168" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C168" t="s">
-        <v>207</v>
+        <v>453</v>
       </c>
       <c r="D168" t="s">
-        <v>139</v>
+        <v>482</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>726</v>
+        <v>686</v>
       </c>
       <c r="B169" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C169" t="s">
-        <v>680</v>
+        <v>44</v>
       </c>
       <c r="D169" t="s">
-        <v>139</v>
+        <v>210</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>605</v>
+        <v>621</v>
       </c>
       <c r="B170" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C170" t="s">
-        <v>365</v>
+        <v>647</v>
       </c>
       <c r="D170" t="s">
-        <v>139</v>
+        <v>313</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>616</v>
+        <v>129</v>
       </c>
       <c r="B171" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C171" t="s">
-        <v>333</v>
+        <v>700</v>
       </c>
       <c r="D171" t="s">
-        <v>139</v>
+        <v>347</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>650</v>
+        <v>773</v>
       </c>
       <c r="B172" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C172" t="s">
-        <v>721</v>
+        <v>259</v>
       </c>
       <c r="D172" t="s">
-        <v>686</v>
+        <v>622</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>666</v>
+        <v>789</v>
       </c>
       <c r="B173" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C173" t="s">
-        <v>174</v>
+        <v>297</v>
       </c>
       <c r="D173" t="s">
-        <v>270</v>
+        <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>336</v>
+        <v>500</v>
       </c>
       <c r="B174" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C174" t="s">
-        <v>67</v>
+        <v>567</v>
       </c>
       <c r="D174" t="s">
-        <v>381</v>
+        <v>698</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>30</v>
+        <v>371</v>
       </c>
       <c r="B175" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C175" t="s">
-        <v>169</v>
+        <v>293</v>
       </c>
       <c r="D175" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>180</v>
+        <v>712</v>
       </c>
       <c r="B176" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C176" t="s">
-        <v>274</v>
+        <v>50</v>
       </c>
       <c r="D176" t="s">
-        <v>629</v>
+        <v>257</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>482</v>
+        <v>351</v>
       </c>
       <c r="B177" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C177" t="s">
-        <v>772</v>
+        <v>394</v>
       </c>
       <c r="D177" t="s">
-        <v>629</v>
+        <v>513</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>117</v>
+        <v>786</v>
       </c>
       <c r="B178" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C178" t="s">
         <v>682</v>
       </c>
       <c r="D178" t="s">
-        <v>629</v>
+        <v>354</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>226</v>
+        <v>674</v>
       </c>
       <c r="B179" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C179" t="s">
-        <v>736</v>
+        <v>464</v>
       </c>
       <c r="D179" t="s">
-        <v>629</v>
+        <v>825</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>791</v>
+        <v>667</v>
       </c>
       <c r="B180" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C180" t="s">
-        <v>556</v>
+        <v>691</v>
       </c>
       <c r="D180" t="s">
-        <v>629</v>
+        <v>503</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>585</v>
+        <v>780</v>
       </c>
       <c r="B181" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C181" t="s">
-        <v>292</v>
+        <v>413</v>
       </c>
       <c r="D181" t="s">
-        <v>629</v>
+        <v>805</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>225</v>
+        <v>467</v>
       </c>
       <c r="B182" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C182" t="s">
-        <v>74</v>
+        <v>366</v>
       </c>
       <c r="D182" t="s">
-        <v>629</v>
+        <v>336</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="B183" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C183" t="s">
-        <v>51</v>
+        <v>546</v>
       </c>
       <c r="D183" t="s">
-        <v>629</v>
+        <v>310</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>642</v>
+        <v>304</v>
       </c>
       <c r="B184" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C184" t="s">
-        <v>693</v>
+        <v>56</v>
       </c>
       <c r="D184" t="s">
-        <v>629</v>
+        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>2</v>
+        <v>801</v>
       </c>
       <c r="B185" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C185" t="s">
-        <v>640</v>
+        <v>701</v>
       </c>
       <c r="D185" t="s">
-        <v>87</v>
+        <v>495</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>557</v>
+        <v>708</v>
       </c>
       <c r="B186" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C186" t="s">
-        <v>303</v>
+        <v>258</v>
       </c>
       <c r="D186" t="s">
-        <v>629</v>
+        <v>523</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>375</v>
+        <v>776</v>
       </c>
       <c r="B187" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C187" t="s">
-        <v>280</v>
+        <v>570</v>
       </c>
       <c r="D187" t="s">
-        <v>222</v>
+        <v>523</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>548</v>
+        <v>638</v>
       </c>
       <c r="B188" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C188" t="s">
-        <v>237</v>
+        <v>189</v>
       </c>
       <c r="D188" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>374</v>
+        <v>810</v>
       </c>
       <c r="B189" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C189" t="s">
-        <v>690</v>
+        <v>302</v>
       </c>
       <c r="D189" t="s">
-        <v>794</v>
+        <v>523</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>653</v>
+        <v>282</v>
       </c>
       <c r="B190" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C190" t="s">
-        <v>566</v>
+        <v>414</v>
       </c>
       <c r="D190" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>265</v>
+        <v>333</v>
       </c>
       <c r="B191" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C191" t="s">
-        <v>396</v>
+        <v>806</v>
       </c>
       <c r="D191" t="s">
-        <v>668</v>
+        <v>523</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>390</v>
+        <v>666</v>
       </c>
       <c r="B192" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C192" t="s">
-        <v>507</v>
+        <v>435</v>
       </c>
       <c r="D192" t="s">
-        <v>70</v>
+        <v>523</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>453</v>
+        <v>162</v>
       </c>
       <c r="B193" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C193" t="s">
-        <v>212</v>
+        <v>306</v>
       </c>
       <c r="D193" t="s">
-        <v>193</v>
+        <v>523</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>227</v>
+        <v>533</v>
       </c>
       <c r="B194" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C194" t="s">
-        <v>290</v>
+        <v>96</v>
       </c>
       <c r="D194" t="s">
-        <v>193</v>
+        <v>523</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>529</v>
+        <v>676</v>
       </c>
       <c r="B195" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C195" t="s">
-        <v>500</v>
+        <v>169</v>
       </c>
       <c r="D195" t="s">
-        <v>208</v>
+        <v>523</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>43</v>
+        <v>644</v>
       </c>
       <c r="B196" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C196" t="s">
-        <v>326</v>
+        <v>534</v>
       </c>
       <c r="D196" t="s">
-        <v>208</v>
+        <v>523</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>648</v>
+        <v>291</v>
       </c>
       <c r="B197" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C197" t="s">
-        <v>773</v>
+        <v>216</v>
       </c>
       <c r="D197" t="s">
-        <v>208</v>
+        <v>523</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>550</v>
+        <v>211</v>
       </c>
       <c r="B198" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C198" t="s">
-        <v>171</v>
+        <v>286</v>
       </c>
       <c r="D198" t="s">
-        <v>21</v>
+        <v>736</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>414</v>
+        <v>107</v>
       </c>
       <c r="B199" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C199" t="s">
-        <v>506</v>
+        <v>525</v>
       </c>
       <c r="D199" t="s">
-        <v>282</v>
+        <v>112</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="B200" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C200" t="s">
-        <v>750</v>
+        <v>611</v>
       </c>
       <c r="D200" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>224</v>
+        <v>797</v>
       </c>
       <c r="B201" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C201" t="s">
-        <v>439</v>
+        <v>779</v>
       </c>
       <c r="D201" t="s">
-        <v>21</v>
+        <v>532</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="B202" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C202" t="s">
-        <v>38</v>
+        <v>590</v>
       </c>
       <c r="D202" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>767</v>
+        <v>531</v>
       </c>
       <c r="B203" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C203" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="D203" t="s">
-        <v>667</v>
+        <v>532</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>774</v>
+        <v>821</v>
       </c>
       <c r="B204" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C204" t="s">
-        <v>792</v>
+        <v>125</v>
       </c>
       <c r="D204" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
       <c r="B205" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C205" t="s">
-        <v>241</v>
+        <v>522</v>
       </c>
       <c r="D205" t="s">
-        <v>408</v>
+        <v>532</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>173</v>
+        <v>136</v>
       </c>
       <c r="B206" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C206" t="s">
-        <v>755</v>
+        <v>278</v>
       </c>
       <c r="D206" t="s">
-        <v>450</v>
+        <v>532</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>201</v>
+        <v>283</v>
       </c>
       <c r="B207" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C207" t="s">
-        <v>73</v>
+        <v>557</v>
       </c>
       <c r="D207" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>25</v>
+        <v>235</v>
       </c>
       <c r="B208" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C208" t="s">
-        <v>588</v>
+        <v>826</v>
       </c>
       <c r="D208" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>313</v>
+        <v>476</v>
       </c>
       <c r="B209" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C209" t="s">
-        <v>656</v>
+        <v>477</v>
       </c>
       <c r="D209" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>636</v>
+        <v>761</v>
       </c>
       <c r="B210" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C210" t="s">
-        <v>37</v>
+        <v>752</v>
       </c>
       <c r="D210" t="s">
-        <v>160</v>
+        <v>532</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>775</v>
+        <v>743</v>
       </c>
       <c r="B211" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C211" t="s">
-        <v>103</v>
+        <v>504</v>
       </c>
       <c r="D211" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>199</v>
+        <v>65</v>
       </c>
       <c r="B212" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C212" t="s">
-        <v>452</v>
+        <v>528</v>
       </c>
       <c r="D212" t="s">
-        <v>21</v>
+        <v>532</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>316</v>
+        <v>615</v>
       </c>
       <c r="B213" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C213" t="s">
-        <v>182</v>
+        <v>390</v>
       </c>
       <c r="D213" t="s">
-        <v>160</v>
+        <v>229</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="B214" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C214" t="s">
-        <v>657</v>
+        <v>505</v>
       </c>
       <c r="D214" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>513</v>
+        <v>639</v>
       </c>
       <c r="B215" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C215" t="s">
-        <v>321</v>
+        <v>571</v>
       </c>
       <c r="D215" t="s">
-        <v>160</v>
+        <v>86</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>749</v>
+        <v>58</v>
       </c>
       <c r="B216" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C216" t="s">
-        <v>247</v>
+        <v>631</v>
       </c>
       <c r="D216" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="B217" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C217" t="s">
-        <v>622</v>
+        <v>766</v>
       </c>
       <c r="D217" t="s">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>532</v>
+        <v>452</v>
       </c>
       <c r="B218" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C218" t="s">
-        <v>61</v>
+        <v>642</v>
       </c>
       <c r="D218" t="s">
-        <v>160</v>
+        <v>391</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>281</v>
+        <v>106</v>
       </c>
       <c r="B219" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C219" t="s">
-        <v>371</v>
+        <v>739</v>
       </c>
       <c r="D219" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>190</v>
+        <v>8</v>
       </c>
       <c r="B220" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C220" t="s">
-        <v>322</v>
+        <v>496</v>
       </c>
       <c r="D220" t="s">
-        <v>515</v>
+        <v>223</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>729</v>
+        <v>749</v>
       </c>
       <c r="B221" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C221" t="s">
-        <v>204</v>
+        <v>384</v>
       </c>
       <c r="D221" t="s">
-        <v>393</v>
+        <v>168</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>253</v>
+        <v>28</v>
       </c>
       <c r="B222" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C222" t="s">
-        <v>477</v>
+        <v>493</v>
       </c>
       <c r="D222" t="s">
-        <v>459</v>
+        <v>168</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>429</v>
+        <v>529</v>
       </c>
       <c r="B223" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C223" t="s">
-        <v>483</v>
+        <v>246</v>
       </c>
       <c r="D223" t="s">
-        <v>243</v>
+        <v>168</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>502</v>
+        <v>572</v>
       </c>
       <c r="B224" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C224" t="s">
-        <v>444</v>
+        <v>620</v>
       </c>
       <c r="D224" t="s">
-        <v>589</v>
+        <v>248</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="B225" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C225" t="s">
-        <v>176</v>
+        <v>669</v>
       </c>
       <c r="D225" t="s">
-        <v>342</v>
+        <v>183</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>323</v>
+        <v>2</v>
       </c>
       <c r="B226" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C226" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="D226" t="s">
-        <v>342</v>
+        <v>422</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>7</v>
+        <v>795</v>
       </c>
       <c r="B227" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C227" t="s">
-        <v>318</v>
+        <v>207</v>
       </c>
       <c r="D227" t="s">
-        <v>451</v>
+        <v>248</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>472</v>
+        <v>247</v>
       </c>
       <c r="B228" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C228" t="s">
-        <v>194</v>
+        <v>814</v>
       </c>
       <c r="D228" t="s">
-        <v>451</v>
+        <v>59</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>790</v>
+        <v>511</v>
       </c>
       <c r="B229" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C229" t="s">
-        <v>520</v>
+        <v>172</v>
       </c>
       <c r="D229" t="s">
-        <v>491</v>
+        <v>402</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>473</v>
+        <v>238</v>
       </c>
       <c r="B230" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C230" t="s">
-        <v>740</v>
+        <v>475</v>
       </c>
       <c r="D230" t="s">
-        <v>489</v>
+        <v>59</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>263</v>
+        <v>68</v>
       </c>
       <c r="B231" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C231" t="s">
-        <v>788</v>
+        <v>506</v>
       </c>
       <c r="D231" t="s">
-        <v>489</v>
+        <v>817</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>658</v>
+        <v>46</v>
       </c>
       <c r="B232" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C232" t="s">
-        <v>62</v>
+        <v>138</v>
       </c>
       <c r="D232" t="s">
-        <v>778</v>
+        <v>816</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>17</v>
+        <v>683</v>
       </c>
       <c r="B233" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C233" t="s">
-        <v>39</v>
+        <v>555</v>
       </c>
       <c r="D233" t="s">
-        <v>491</v>
+        <v>59</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>495</v>
+        <v>687</v>
       </c>
       <c r="B234" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C234" t="s">
-        <v>709</v>
+        <v>330</v>
       </c>
       <c r="D234" t="s">
-        <v>491</v>
+        <v>59</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>334</v>
+        <v>581</v>
       </c>
       <c r="B235" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C235" t="s">
-        <v>776</v>
+        <v>326</v>
       </c>
       <c r="D235" t="s">
-        <v>489</v>
+        <v>59</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="B236" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C236" t="s">
-        <v>413</v>
+        <v>374</v>
       </c>
       <c r="D236" t="s">
-        <v>489</v>
+        <v>59</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>234</v>
+        <v>362</v>
       </c>
       <c r="B237" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C237" t="s">
-        <v>330</v>
+        <v>75</v>
       </c>
       <c r="D237" t="s">
-        <v>489</v>
+        <v>168</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>415</v>
+        <v>578</v>
       </c>
       <c r="B238" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C238" t="s">
-        <v>777</v>
+        <v>213</v>
       </c>
       <c r="D238" t="s">
-        <v>489</v>
+        <v>248</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="B239" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C239" t="s">
-        <v>471</v>
+        <v>652</v>
       </c>
       <c r="D239" t="s">
-        <v>491</v>
+        <v>59</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>710</v>
+        <v>108</v>
       </c>
       <c r="B240" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C240" t="s">
-        <v>641</v>
+        <v>535</v>
       </c>
       <c r="D240" t="s">
-        <v>491</v>
+        <v>59</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>546</v>
+        <v>1</v>
       </c>
       <c r="B241" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C241" t="s">
-        <v>504</v>
+        <v>113</v>
       </c>
       <c r="D241" t="s">
-        <v>328</v>
+        <v>59</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>590</v>
+        <v>317</v>
       </c>
       <c r="B242" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C242" t="s">
-        <v>582</v>
+        <v>425</v>
       </c>
       <c r="D242" t="s">
-        <v>341</v>
+        <v>59</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>84</v>
+        <v>633</v>
       </c>
       <c r="B243" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C243" t="s">
-        <v>10</v>
+        <v>706</v>
       </c>
       <c r="D243" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>651</v>
+        <v>732</v>
       </c>
       <c r="B244" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C244" t="s">
-        <v>527</v>
+        <v>629</v>
       </c>
       <c r="D244" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>15</v>
+        <v>472</v>
       </c>
       <c r="B245" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C245" t="s">
-        <v>305</v>
+        <v>623</v>
       </c>
       <c r="D245" t="s">
-        <v>577</v>
+        <v>381</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>789</v>
+        <v>296</v>
       </c>
       <c r="B246" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C246" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
       <c r="D246" t="s">
-        <v>271</v>
+        <v>605</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>315</v>
+        <v>518</v>
       </c>
       <c r="B247" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C247" t="s">
-        <v>583</v>
+        <v>429</v>
       </c>
       <c r="D247" t="s">
-        <v>463</v>
+        <v>196</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>362</v>
+        <v>318</v>
       </c>
       <c r="B248" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C248" t="s">
-        <v>572</v>
+        <v>118</v>
       </c>
       <c r="D248" t="s">
-        <v>285</v>
+        <v>538</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>291</v>
+        <v>157</v>
       </c>
       <c r="B249" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C249" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="D249" t="s">
-        <v>127</v>
+        <v>537</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>676</v>
+        <v>53</v>
       </c>
       <c r="B250" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C250" t="s">
-        <v>79</v>
+        <v>762</v>
       </c>
       <c r="D250" t="s">
-        <v>47</v>
+        <v>494</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>239</v>
+        <v>148</v>
       </c>
       <c r="B251" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C251" t="s">
-        <v>283</v>
+        <v>630</v>
       </c>
       <c r="D251" t="s">
-        <v>47</v>
+        <v>494</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>327</v>
+        <v>703</v>
       </c>
       <c r="B252" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C252" t="s">
-        <v>573</v>
+        <v>115</v>
       </c>
       <c r="D252" t="s">
-        <v>525</v>
+        <v>587</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>465</v>
+        <v>596</v>
       </c>
       <c r="B253" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C253" t="s">
-        <v>65</v>
+        <v>146</v>
       </c>
       <c r="D253" t="s">
-        <v>475</v>
+        <v>587</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>701</v>
+        <v>159</v>
       </c>
       <c r="B254" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C254" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="D254" t="s">
-        <v>346</v>
+        <v>458</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>319</v>
+        <v>369</v>
       </c>
       <c r="B255" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C255" t="s">
-        <v>738</v>
+        <v>606</v>
       </c>
       <c r="D255" t="s">
-        <v>469</v>
+        <v>133</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>744</v>
+        <v>612</v>
       </c>
       <c r="B256" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C256" t="s">
-        <v>350</v>
+        <v>173</v>
       </c>
       <c r="D256" t="s">
-        <v>346</v>
+        <v>133</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>671</v>
+        <v>348</v>
       </c>
       <c r="B257" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C257" t="s">
-        <v>647</v>
+        <v>499</v>
       </c>
       <c r="D257" t="s">
-        <v>346</v>
+        <v>54</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>564</v>
+        <v>627</v>
       </c>
       <c r="B258" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C258" t="s">
-        <v>643</v>
+        <v>586</v>
       </c>
       <c r="D258" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>140</v>
+        <v>208</v>
       </c>
       <c r="B259" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C259" t="s">
-        <v>765</v>
+        <v>190</v>
       </c>
       <c r="D259" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>669</v>
+        <v>751</v>
       </c>
       <c r="B260" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C260" t="s">
-        <v>442</v>
+        <v>433</v>
       </c>
       <c r="D260" t="s">
-        <v>463</v>
+        <v>133</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>235</v>
+        <v>307</v>
       </c>
       <c r="B261" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C261" t="s">
-        <v>192</v>
+        <v>697</v>
       </c>
       <c r="D261" t="s">
-        <v>47</v>
+        <v>133</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>672</v>
+        <v>415</v>
       </c>
       <c r="B262" t="s">
-        <v>80</v>
+        <v>281</v>
       </c>
       <c r="C262" t="s">
-        <v>82</v>
+        <v>626</v>
       </c>
       <c r="D262" t="s">
-        <v>486</v>
+        <v>133</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>751</v>
+        <v>43</v>
       </c>
       <c r="B263" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C263" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="D263" t="s">
-        <v>179</v>
+        <v>133</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>759</v>
+        <v>10</v>
       </c>
       <c r="B264" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C264" t="s">
-        <v>694</v>
+        <v>145</v>
       </c>
       <c r="D264" t="s">
-        <v>179</v>
+        <v>458</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>601</v>
+        <v>198</v>
       </c>
       <c r="B265" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C265" t="s">
-        <v>493</v>
+        <v>397</v>
       </c>
       <c r="D265" t="s">
-        <v>179</v>
+        <v>458</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>674</v>
+        <v>714</v>
       </c>
       <c r="B266" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C266" t="s">
-        <v>652</v>
+        <v>21</v>
       </c>
       <c r="D266" t="s">
-        <v>708</v>
+        <v>66</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>412</v>
+        <v>97</v>
       </c>
       <c r="B267" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C267" t="s">
-        <v>574</v>
+        <v>180</v>
       </c>
       <c r="D267" t="s">
-        <v>708</v>
+        <v>417</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>114</v>
+        <v>479</v>
       </c>
       <c r="B268" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C268" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="D268" t="s">
-        <v>179</v>
+        <v>656</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>501</v>
+        <v>483</v>
       </c>
       <c r="B269" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C269" t="s">
-        <v>479</v>
+        <v>688</v>
       </c>
       <c r="D269" t="s">
-        <v>779</v>
+        <v>656</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>646</v>
+        <v>375</v>
       </c>
       <c r="B270" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C270" t="s">
-        <v>730</v>
+        <v>135</v>
       </c>
       <c r="D270" t="s">
-        <v>627</v>
+        <v>363</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>418</v>
+        <v>240</v>
       </c>
       <c r="B271" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C271" t="s">
-        <v>688</v>
+        <v>4</v>
       </c>
       <c r="D271" t="s">
-        <v>400</v>
+        <v>349</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>344</v>
+        <v>813</v>
       </c>
       <c r="B272" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C272" t="s">
-        <v>705</v>
+        <v>395</v>
       </c>
       <c r="D272" t="s">
-        <v>424</v>
+        <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>555</v>
+        <v>406</v>
       </c>
       <c r="B273" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C273" t="s">
-        <v>770</v>
+        <v>292</v>
       </c>
       <c r="D273" t="s">
-        <v>400</v>
+        <v>147</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>356</v>
+        <v>416</v>
       </c>
       <c r="B274" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C274" t="s">
-        <v>511</v>
+        <v>320</v>
       </c>
       <c r="D274" t="s">
-        <v>146</v>
+        <v>625</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>689</v>
+        <v>372</v>
       </c>
       <c r="B275" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C275" t="s">
-        <v>244</v>
+        <v>132</v>
       </c>
       <c r="D275" t="s">
-        <v>400</v>
+        <v>625</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>416</v>
+        <v>386</v>
       </c>
       <c r="B276" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="C276" t="s">
-        <v>545</v>
+        <v>160</v>
       </c>
       <c r="D276" t="s">
-        <v>400</v>
+        <v>769</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>32</v>
+        <v>811</v>
       </c>
       <c r="B277" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C277" t="s">
-        <v>50</v>
+        <v>785</v>
       </c>
       <c r="D277" t="s">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B278" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C278" t="s">
-        <v>733</v>
+        <v>99</v>
       </c>
       <c r="D278" t="s">
-        <v>400</v>
+        <v>284</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>398</v>
+        <v>364</v>
       </c>
       <c r="B279" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C279" t="s">
-        <v>301</v>
+        <v>492</v>
       </c>
       <c r="D279" t="s">
-        <v>400</v>
+        <v>781</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="B280" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C280" t="s">
-        <v>335</v>
+        <v>709</v>
       </c>
       <c r="D280" t="s">
-        <v>400</v>
+        <v>284</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>181</v>
+        <v>388</v>
       </c>
       <c r="B281" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C281" t="s">
-        <v>699</v>
+        <v>788</v>
       </c>
       <c r="D281" t="s">
-        <v>400</v>
+        <v>284</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>202</v>
+        <v>232</v>
       </c>
       <c r="B282" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C282" t="s">
-        <v>378</v>
+        <v>583</v>
       </c>
       <c r="D282" t="s">
-        <v>400</v>
+        <v>781</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>403</v>
+        <v>819</v>
       </c>
       <c r="B283" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C283" t="s">
-        <v>130</v>
+        <v>484</v>
       </c>
       <c r="D283" t="s">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>703</v>
+        <v>478</v>
       </c>
       <c r="B284" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C284" t="s">
-        <v>503</v>
+        <v>487</v>
       </c>
       <c r="D284" t="s">
-        <v>400</v>
+        <v>349</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>434</v>
+        <v>376</v>
       </c>
       <c r="B285" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C285" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="D285" t="s">
-        <v>400</v>
+        <v>625</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>734</v>
+        <v>51</v>
       </c>
       <c r="B286" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C286" t="s">
-        <v>619</v>
+        <v>25</v>
       </c>
       <c r="D286" t="s">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>259</v>
+        <v>628</v>
       </c>
       <c r="B287" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C287" t="s">
-        <v>19</v>
+        <v>519</v>
       </c>
       <c r="D287" t="s">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>524</v>
+        <v>624</v>
       </c>
       <c r="B288" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C288" t="s">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="D288" t="s">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>366</v>
+        <v>182</v>
       </c>
       <c r="B289" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C289" t="s">
-        <v>359</v>
+        <v>441</v>
       </c>
       <c r="D289" t="s">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>597</v>
+        <v>71</v>
       </c>
       <c r="B290" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C290" t="s">
-        <v>399</v>
+        <v>437</v>
       </c>
       <c r="D290" t="s">
-        <v>400</v>
+        <v>671</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>783</v>
+        <v>294</v>
       </c>
       <c r="B291" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C291" t="s">
-        <v>214</v>
+        <v>321</v>
       </c>
       <c r="D291" t="s">
-        <v>59</v>
+        <v>671</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>763</v>
+        <v>212</v>
       </c>
       <c r="B292" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C292" t="s">
-        <v>645</v>
+        <v>693</v>
       </c>
       <c r="D292" t="s">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>410</v>
+        <v>316</v>
       </c>
       <c r="B293" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C293" t="s">
-        <v>118</v>
+        <v>604</v>
       </c>
       <c r="D293" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>685</v>
+        <v>632</v>
       </c>
       <c r="B294" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C294" t="s">
-        <v>625</v>
+        <v>544</v>
       </c>
       <c r="D294" t="s">
-        <v>59</v>
+        <v>268</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>649</v>
+        <v>497</v>
       </c>
       <c r="B295" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C295" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="D295" t="s">
-        <v>111</v>
+        <v>446</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>496</v>
+        <v>5</v>
       </c>
       <c r="B296" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C296" t="s">
-        <v>558</v>
+        <v>270</v>
       </c>
       <c r="D296" t="s">
-        <v>369</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>157</v>
+        <v>782</v>
       </c>
       <c r="B297" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C297" t="s">
-        <v>487</v>
+        <v>130</v>
       </c>
       <c r="D297" t="s">
-        <v>100</v>
+        <v>446</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>307</v>
+        <v>576</v>
       </c>
       <c r="B298" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C298" t="s">
-        <v>191</v>
+        <v>723</v>
       </c>
       <c r="D298" t="s">
-        <v>63</v>
+        <v>234</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>147</v>
+        <v>588</v>
       </c>
       <c r="B299" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C299" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="D299" t="s">
-        <v>746</v>
+        <v>446</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="B300" t="s">
-        <v>436</v>
+        <v>152</v>
       </c>
       <c r="C300" t="s">
-        <v>121</v>
+        <v>602</v>
       </c>
       <c r="D300" t="s">
-        <v>784</v>
+        <v>446</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>287</v>
+        <v>31</v>
       </c>
       <c r="B301" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C301" t="s">
-        <v>33</v>
+        <v>530</v>
       </c>
       <c r="D301" t="s">
-        <v>242</v>
+        <v>446</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>604</v>
+        <v>224</v>
       </c>
       <c r="B302" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C302" t="s">
-        <v>238</v>
+        <v>515</v>
       </c>
       <c r="D302" t="s">
-        <v>242</v>
+        <v>446</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>661</v>
+        <v>521</v>
       </c>
       <c r="B303" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C303" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
       <c r="D303" t="s">
-        <v>784</v>
+        <v>446</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>595</v>
+        <v>410</v>
       </c>
       <c r="B304" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C304" t="s">
-        <v>161</v>
+        <v>713</v>
       </c>
       <c r="D304" t="s">
-        <v>111</v>
+        <v>446</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>421</v>
+        <v>48</v>
       </c>
       <c r="B305" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C305" t="s">
-        <v>584</v>
+        <v>61</v>
       </c>
       <c r="D305" t="s">
-        <v>100</v>
+        <v>446</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>175</v>
+        <v>512</v>
       </c>
       <c r="B306" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C306" t="s">
-        <v>639</v>
+        <v>815</v>
       </c>
       <c r="D306" t="s">
-        <v>100</v>
+        <v>446</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>53</v>
+        <v>373</v>
       </c>
       <c r="B307" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C307" t="s">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="D307" t="s">
-        <v>100</v>
+        <v>446</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>75</v>
+        <v>434</v>
       </c>
       <c r="B308" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C308" t="s">
-        <v>116</v>
+        <v>677</v>
       </c>
       <c r="D308" t="s">
-        <v>518</v>
+        <v>446</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>523</v>
+        <v>128</v>
       </c>
       <c r="B309" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C309" t="s">
-        <v>269</v>
+        <v>23</v>
       </c>
       <c r="D309" t="s">
-        <v>340</v>
+        <v>446</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>490</v>
+        <v>249</v>
       </c>
       <c r="B310" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C310" t="s">
-        <v>261</v>
+        <v>662</v>
       </c>
       <c r="D310" t="s">
-        <v>340</v>
+        <v>446</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>257</v>
+        <v>608</v>
       </c>
       <c r="B311" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C311" t="s">
-        <v>448</v>
+        <v>603</v>
       </c>
       <c r="D311" t="s">
-        <v>268</v>
+        <v>446</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>170</v>
+        <v>775</v>
       </c>
       <c r="B312" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C312" t="s">
-        <v>137</v>
+        <v>740</v>
       </c>
       <c r="D312" t="s">
-        <v>268</v>
+        <v>446</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>83</v>
+        <v>327</v>
       </c>
       <c r="B313" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C313" t="s">
-        <v>324</v>
+        <v>646</v>
       </c>
       <c r="D313" t="s">
-        <v>542</v>
+        <v>446</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>104</v>
+        <v>411</v>
       </c>
       <c r="B314" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C314" t="s">
-        <v>594</v>
+        <v>707</v>
       </c>
       <c r="D314" t="s">
-        <v>542</v>
+        <v>446</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>95</v>
+        <v>543</v>
       </c>
       <c r="B315" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C315" t="s">
-        <v>384</v>
+        <v>337</v>
       </c>
       <c r="D315" t="s">
-        <v>447</v>
+        <v>274</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>91</v>
+        <v>577</v>
       </c>
       <c r="B316" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C316" t="s">
-        <v>764</v>
+        <v>501</v>
       </c>
       <c r="D316" t="s">
-        <v>397</v>
+        <v>446</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>3</v>
+        <v>648</v>
       </c>
       <c r="B317" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C317" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="D317" t="s">
-        <v>607</v>
+        <v>274</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>159</v>
+        <v>110</v>
       </c>
       <c r="B318" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C318" t="s">
-        <v>681</v>
+        <v>807</v>
       </c>
       <c r="D318" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>704</v>
+        <v>520</v>
       </c>
       <c r="B319" t="s">
-        <v>436</v>
+        <v>281</v>
       </c>
       <c r="C319" t="s">
-        <v>593</v>
+        <v>36</v>
       </c>
       <c r="D319" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>100</v>
+      </c>
+      <c r="B320" t="s">
+        <v>281</v>
+      </c>
+      <c r="C320" t="s">
+        <v>812</v>
+      </c>
+      <c r="D320" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>241</v>
+      </c>
+      <c r="B321" t="s">
+        <v>281</v>
+      </c>
+      <c r="C321" t="s">
+        <v>271</v>
+      </c>
+      <c r="D321" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>74</v>
+      </c>
+      <c r="B322" t="s">
+        <v>281</v>
+      </c>
+      <c r="C322" t="s">
+        <v>757</v>
+      </c>
+      <c r="D322" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>279</v>
+      </c>
+      <c r="B323" t="s">
+        <v>281</v>
+      </c>
+      <c r="C323" t="s">
+        <v>560</v>
+      </c>
+      <c r="D323" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>102</v>
+      </c>
+      <c r="B324" t="s">
+        <v>281</v>
+      </c>
+      <c r="C324" t="s">
+        <v>734</v>
+      </c>
+      <c r="D324" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>17</v>
+      </c>
+      <c r="B325" t="s">
+        <v>281</v>
+      </c>
+      <c r="C325" t="s">
+        <v>635</v>
+      </c>
+      <c r="D325" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>290</v>
+      </c>
+      <c r="B326" t="s">
+        <v>281</v>
+      </c>
+      <c r="C326" t="s">
+        <v>20</v>
+      </c>
+      <c r="D326" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>387</v>
+      </c>
+      <c r="B327" t="s">
+        <v>281</v>
+      </c>
+      <c r="C327" t="s">
+        <v>689</v>
+      </c>
+      <c r="D327" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>287</v>
+      </c>
+      <c r="B328" t="s">
+        <v>281</v>
+      </c>
+      <c r="C328" t="s">
+        <v>335</v>
+      </c>
+      <c r="D328" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>176</v>
+      </c>
+      <c r="B329" t="s">
+        <v>281</v>
+      </c>
+      <c r="C329" t="s">
+        <v>699</v>
+      </c>
+      <c r="D329" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>85</v>
+      </c>
+      <c r="B330" t="s">
+        <v>281</v>
+      </c>
+      <c r="C330" t="s">
+        <v>791</v>
+      </c>
+      <c r="D330" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>398</v>
+      </c>
+      <c r="B331" t="s">
+        <v>281</v>
+      </c>
+      <c r="C331" t="s">
+        <v>314</v>
+      </c>
+      <c r="D331" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>613</v>
+      </c>
+      <c r="B332" t="s">
+        <v>281</v>
+      </c>
+      <c r="C332" t="s">
+        <v>489</v>
+      </c>
+      <c r="D332" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>548</v>
+      </c>
+      <c r="B333" t="s">
+        <v>281</v>
+      </c>
+      <c r="C333" t="s">
+        <v>27</v>
+      </c>
+      <c r="D333" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>219</v>
+      </c>
+      <c r="B334" t="s">
+        <v>281</v>
+      </c>
+      <c r="C334" t="s">
+        <v>719</v>
+      </c>
+      <c r="D334" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
         <v>771</v>
+      </c>
+      <c r="B335" t="s">
+        <v>281</v>
+      </c>
+      <c r="C335" t="s">
+        <v>696</v>
+      </c>
+      <c r="D335" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>547</v>
+      </c>
+      <c r="B336" t="s">
+        <v>281</v>
+      </c>
+      <c r="C336" t="s">
+        <v>338</v>
+      </c>
+      <c r="D336" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>665</v>
+      </c>
+      <c r="B337" t="s">
+        <v>281</v>
+      </c>
+      <c r="C337" t="s">
+        <v>460</v>
+      </c>
+      <c r="D337" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>379</v>
+      </c>
+      <c r="B338" t="s">
+        <v>281</v>
+      </c>
+      <c r="C338" t="s">
+        <v>684</v>
+      </c>
+      <c r="D338" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>