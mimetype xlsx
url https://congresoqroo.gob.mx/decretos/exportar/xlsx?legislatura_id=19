--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -15,1262 +15,1487 @@
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" />
   <Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" />
   <Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" />
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tablib Dataset" r:id="rId1" sheetId="1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="479">
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/DE-47-20241204T151908.pdf</t>
   </si>
   <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-34-20241031T113714.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-151-20251027T210702.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Isla Mujeres, Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-171-20251215T103729.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-102-20250306T214842.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-1-20240909T175726.pdf</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Yaneth Faisal Padrón, como persona integrante del Órgano de Administración Judicial del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-142-20250901T034903.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-140-20250829T150134.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-94-20250204T120552.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-81-20241220T150409.pdf</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-128-20250602T111239.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-198-20251219T142550.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-4-20250707T165526.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-8-20240920T130319.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones del Código Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-147-20250925T134043.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-22-20241009T173112.pdf</t>
+  </si>
+  <si>
+    <t>2025-03-10</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley Orgánica del Poder Judicial del Estado de Quintana Roo y se reforman y adicionan diversas disposiciones de la Ley Orgánica de la Universidad Judicial del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones IV y XI del Apartado A del Artículo 123 de la Constitución Política de los Estados Unidos Mexicanos, en materia de reducción de la jornada laboral.</t>
+  </si>
+  <si>
+    <t>2025-04-01</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-175-20251215T113150.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-133-20250807T145909.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-194-20251218T154444.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara del día 20 al día 26 de febrero de cada año como “La Semana de la Justicia Social”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-96-20250211T161759.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, desincorpora del régimen de dominio público, para quedar comprendidos dentro del régimen de dominio privado, cincuenta y cuatro bienes inmuebles propiedad de los Servicios Estatales de Salud, con la finalidad de que sean susceptibles de donarse a título gratuito a favor del Organismo Público Descentralizado “Servicios de Salud del Instituto Mexicano del Seguro Social para el Bienestar”.</t>
+  </si>
+  <si>
+    <t>2024-09-11</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas fracciones del Artículo 34 de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-10-22</t>
+  </si>
+  <si>
+    <t>Por el que la  Honorable XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba el Informe General Ejecutivo relativo a la Fiscalización Superior de la Cuenta Pública para el Ejercicio Fiscal 2022 y emite las Conclusiones y Recomendaciones relativas a dicha fiscalización.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-54-20241209T155641.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo; la Ley de Derechos del Estado de Quintana Roo; la Ley de Desarrollo Económico y Competitividad para el Estado de Quintana Roo; la Ley de Asentamientos Humanos, Ordenamiento Territorial y Desarrollo Urbano del Estado de Quintana Roo; la Ley de Movilidad del Estado de Quintana Roo; la Ley de Prestación de Servicios Inmobiliarios del Estado de Quintana Roo; la Ley Orgánica de la Fiscalía Especializada en Combate a la Corrupción del Estado de Quintana Roo; y la Ley sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo y se abroga la Ley de Mejora Regulatoria del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-10-02</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción I del artículo 8 y el párrafo primero del artículo 12 de la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Título</t>
+  </si>
+  <si>
+    <t>2025-03-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-196-20251219T143659.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-40-20241112T212631.pdf</t>
+  </si>
+  <si>
+    <t>2024-11-13</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley Orgánica de la Administración Pública, la Ley del Servicio de Administración Tributaria y la Ley de Movilidad, todas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-173-20251215T105349.pdf</t>
+  </si>
+  <si>
+    <t>2024-10-03</t>
+  </si>
+  <si>
+    <t>Por el que se reforma, adiciona y deroga el artículo 2o. de la Constitución Política de los Estados Unidos Mexicanos, en materia de pueblos y comunidades indígenas y afromexicanos.</t>
+  </si>
+  <si>
+    <t>Declaratoria</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 129 y se adiciona el artículo 131 BIS al Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Solidaridad, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-131-20250806T124316.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Benito Juárez, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Expropiación, Ocupación Temporal y Limitación de Dominio del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley para Prevenir, Atender y Eliminar la Discriminación en el Estado de Quintana Roo, en materia laboral.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-183-20251215T124811.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se deroga y adicionan diversas disposiciones de la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Seguridad Ciudadana del Estado de Quintana Roo, en materia de Mesas de Paz y Centro de Mando e Inteligencia.</t>
+  </si>
+  <si>
+    <t>2025-02-12</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y derogan diversas proporciones normativas del artículo 128 de la Ley de Hacienda del Municipio de Benito Juárez, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-14-20240926T102503.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-129-20250602T111429.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-3-20250211T163646.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-166-20251212T163730.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-33-20241031T113504.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de los Derechos de Niñas, Niños y Adolescentes del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción I del artículo 269 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley para la Igualdad entre Mujeres y Hombres del Estado de Quintana Roo, de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo, de la Ley de Seguridad Ciudadana del Estado de Quintana Roo, del Código Penal para el Estado Libre y Soberano de Quintana Roo, de la Ley de la Juventud del Estado Libre y Soberano de Quintana Roo, de la Ley de Prevención, Atención Integral y Control para el VIH del Estado de Quintana Roo, de la Ley de Seguridad Escolar Integral del Estado de Quintana Roo, de la Ley de Víctimas del Estado de Quintana Roo y de la Ley en Materia de Trata de Personas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley del Impuesto a las Erogaciones en Juegos y Concursos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo, y por el que se reforman, adicionan y derogan diversas disposiciones de la Ley para la Igualdad entre Mujeres y Hombres del Estado de Quintana Roo, y la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones del Código Fiscal Municipal del Estado de Quintana Roo y se reforman, adicionan y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Isla Mujeres, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se declara el “2026, Año del 40 Aniversario de la Creación del Himno del Estado Libre y Soberano de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones III y VI del artículo 7 del Reglamento Comisiones del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se declara el día 19 de agosto de cada año como “el Día de la persona Jubilada y Pensionada en el Estado de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Benito Juárez, Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-149-20251007T184439.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-126-20250602T110816.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de los artículos 4o. y 27 de la Constitución Política de los Estados Unidos Mexicanos, en materia de conservación y protección de los maíces nativos.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Maria Elena García Flores, Comisionada de la Comisión Ejecutiva de Atención a Víctimas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Fiscalización y Rendición de Cuentas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un último párrafo al artículo 12 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-7-20240920T130019.pdf</t>
+  </si>
+  <si>
+    <t>2025-02-11</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-25-20241009T173703.pdf</t>
+  </si>
+  <si>
+    <t>2025-03-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-56-20241209T160251.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo; y por el que se reforman y adicionan diversas disposiciones de la Ley de Movilidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adiciona diversas disposiciones de la Ley del Impuesto sobre Nóminas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Benito Juárez, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo tercero del Artículo 31 y se adicionan los párrafos séptimo y octavo recorriéndose en su orden los párrafos subsecuentes al Artículo 13, todos de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-115-20250331T195725.pdf</t>
+  </si>
+  <si>
+    <t>Fecha de publicación en el Diario oficial</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-100-20250217T170348.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVIII Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, ratifica los nombramientos del Ciudadano Pedro del Ángel Dzib Sánchez, al cargo de Auditor Especial en Materia Financiera; de la Ciudadana Alma Patricia González Concha, al cargo de Auditora Especial en Materia de Obra Pública; y de la Ciudadana Dora María del Carmen Rodríguez Hoy, al cargo de Auditora Especial en Materia de Desempeño, todos de la Auditoría Superior del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-107-20250313T180304.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-158-20251204T112455.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2024-12-04</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Puerto Morelos, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-60-20241212T115316.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 25 de la Ley de Hacienda del Municipio de Isla Mujeres del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan diversas proporciones normativas al artículo 24 de la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-26-20241009T173839.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-118-20250408T171053.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-150-20251016T105844.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-78-20241220T135119.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-32-20241105T122635.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-179-20251215T120249.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de José María Morelos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-97-20250130T123213.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción VI del artículo 17 y la fracción III del artículo 28, todos de la Ley de Derechos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-10-07</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Aída Isis González Gómez, Titular de la Magistratura Unitaria para Adolescentes, del Sistema Integral de Justicia para Adolescentes del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-49-20241204T165124.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-43-20241126T110852.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan los artículos 55, 59, 82, 115, 116 y 122 de la Constitución Política de los Estados Unidos Mexicanos, en materia de no reelección y nepotismo electoral.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-89-20250110T184912.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-127-20250602T111012.pdf</t>
+  </si>
+  <si>
+    <t>2024-11-28</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-39-20241112T212322.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Puerto Morelos, Estado de Quintana Roo, para el ejercicio fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-53-20241209T155441.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-23-20241009T173257.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-136-20250820T102917.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Cozumel, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-185-20251218T142705.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-154-20251125T113604.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el numeral ocho del Artículo Segundo Transitorio del Decreto Número 093, por el que se reforman y adicionan diversas disposiciones de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo; y se reforman y derogan diversas disposiciones a la Ley Orgánica del Poder Judicial del Estado de Quintana Roo, expedido por la H. XVIII Legislatura del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-200-20260304T172720.pdf</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-19-20241003T151735.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-101-20250227T101428.pdf</t>
+  </si>
+  <si>
+    <t>2024-09-25</t>
+  </si>
+  <si>
+    <t>2025-01-10</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-12-20240920T131638.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 76 y 78 de la Constitución Política de los Estados Unidos Mexicanos, en materia de Ratificación de Grados Superiores de la Guardia Nacional.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, se derogan y se adicionan, diversas disposiciones de la Ley de Planeación para el Desarrollo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>Por el que la H.XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, otorga reconocimiento al Instituto Tecnológico de Chetumal, en Conmemoración del Cincuenta Aniversario de su fundación y en homenaje a la labor de sus docentes y profesionistas egresados que han brindado un aporte fundamental al engrandecimiento del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-141-20250829T150403.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Solidaridad, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-55-20241209T160036.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma y adiciona la fracción XII del Apartado A del artículo 123 de la Constitución Política de los Estados Unidos Mexicanos, en materia de vivienda para las personas trabajadoras.</t>
+  </si>
+  <si>
+    <t>2025-01-13</t>
+  </si>
+  <si>
+    <t>Por el que se declara el “2025, Año del 50 Aniversario de la Constitución Política del Estado Libre y Soberano de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-61-20241212T121901.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-164-20251212T143017.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-85-20250113T102808.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-152-20251112T161210.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan un párrafo quinto al artículo 4o. y un párrafo segundo al artículo 5o., de la Constitución Política de los Estados Unidos Mexicanos, en materia de Protección a la Salud.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley del Impuesto al Hospedaje del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Expropiación, Ocupación Temporal y Limitación de Dominio del Estado de Quintana Roo y por el que se reforman y adicionan diversas disposiciones del Código Fiscal del Estado de Quintana Roo y del Código Fiscal Municipal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-10-20240920T131121.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-168-20251215T101549.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Licenciada en Derecho Rubí Guadalupe Sulub Cih, como Titular de una Magistratura del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-192-20251218T154122.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-36-20241105T211815.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 107 y se adiciona un quinto párrafo al artículo 105 de la Constitución Política de los Estados Unidos Mexicanos, en materia de inimpugnabilidad de las adiciones o reformas a la Constitución Federal.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-72-20241216T154458.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Luis Alberto Alcocer Anguiano, como Titular del Órgano Interno de Control del Instituto Electoral de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-09-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-153-20251125T105900.pdf</t>
+  </si>
+  <si>
+    <t>Número</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Movilidad del Estado de Quintana Roo; la Ley de los Municipios del Estado de Quintana Roo; y la Ley de Seguridad Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-144-20250917T140546.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-44-20241129T131257.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Karla Noemí Cetz Estrella, como Titular del Órgano Interno de Control de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-37-20241112T211852.pdf</t>
+  </si>
+  <si>
+    <t>2024-11-05</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-1-20250114T104339.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo cuarto y se adiciona un párrafo quinto al artículo 28 de la Constitución Política de los Estados Unidos Mexicanos, en materia de vías y transporte ferroviario.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-148-20250930T191723.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-191-20251218T153931.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-69-20241216T153545.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-111-20250320T102508.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Constitución Política de los Estados Unidos Mexicanos, en materia de reforma del Poder Judicial.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-188-20251218T153226.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Licenciada en Derecho Claudia Carrillo Gasca, como Titular de una Magistratura del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-116-20250401T160519.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-52-20241209T155227.pdf</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo segundo del artículo segundo transitorio del Decreto 083 por el que se adiciona un párrafo segundo al artículo transitorio segundo, del Decreto número 011, por el que se reforman y adicionan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo el quince de octubre del año dos mil veinticuatro.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-177-20251215T114414.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-5-20240912T124134.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley del Impuesto sobre Nóminas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-88-20250110T184712.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley Orgánica de la Universidad Judicial del Poder Judicial del Estado de Quintana Roo; se reforman y derogan diversas disposiciones de la Ley Orgánica del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Licenciada en Derecho Nayeli del Carmen Solís Poot, como Titular de una Magistratura del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-68-20241216T153402.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-51-20241204T165323.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-109-20250318T121020.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el ARTÍCULO QUINTO TRANSITORIO al Decreto Número 155 expedido por la Honorable XVI Legislatura del Estado, por el que se reforma el ARTÍCULO CUARTO y se adiciona el ARTÍCULO CUARTO TRANSITORIO del Decreto Número 270, por el que la Honorable XIV Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, instituye la Medalla al Mérito Médico “Dr. Jorge Ariel López Herrera”.</t>
+  </si>
+  <si>
+    <t>2025-06-27</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-155-20251126T174907.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-20-20241008T194618.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba la celebración del Convenio de Adhesión al Sistema Estatal de Coordinación Fiscal y del Convenio de Coordinación y Colaboración Administrativa en materia fiscal estatal que celebran el Gobierno del Estado de Quintana Roo y el Municipio de Cozumel, del Estado de Quintana Roo, en términos de lo que disponen la Constitución Política del Estado Libre y Soberano de Quintana Roo, la Ley Orgánica de la Administración Pública del Estado de Quintana Roo y la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Responsabilidades Administrativas del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Lázaro Cárdenas, Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Transparencia y Acceso a la Información Pública para el Estado de Quintana Roo; de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo; y de la Ley de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-93-20250206T130907.pdf</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Tulum, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Derechos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-190-20251218T153802.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Edwin Celis Madrid, como Titular del Órgano Interno de Control del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-113-20250325T102630.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-67-20251125T185842.pdf</t>
+  </si>
+  <si>
     <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Bacalar, del Estado de Quintana Roo.</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-81-20241220T150409.pdf</t>
-[...5 lines deleted...]
-    <t>Por el que se reforma el artículo 107 y se adiciona un quinto párrafo al artículo 105 de la Constitución Política de los Estados Unidos Mexicanos, en materia de inimpugnabilidad de las adiciones o reformas a la Constitución Federal.</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-24-20241009T173434.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-87-20250110T184552.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y deroga diversas disposiciones de la Ley del Impuesto al Hospedaje del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un párrafo segundo al artículo transitorio segundo, del Decreto Número 011, por el que se reforman y adicionan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo el quince de octubre del año dos mil veinticuatro.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirán de base para el cobro de las Contribuciones sobre la Propiedad Inmobiliaria, en el Municipio de Isla Mujeres, Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-197-20251219T142351.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-75-20241220T134412.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Licenciada en Derecho Mayra San Román Carrillo Medina, como Titular de una Magistratura del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba el Informe del Análisis relativo a la Fiscalización de la Cuenta Pública del Ejercicio 2023.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-64-20241216T113137.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-21-20260305T122432.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-165-20251212T143547.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-57-20241209T160655.pdf</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona una fracción VIII al artículo 106 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y derogan diversas disposiciones de la Ley Sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-01-16</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirá de base para el cobro de las contribuciones sobre los bienes inmuebles en el Municipio de Playa del Carmen, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-176-20251215T113938.pdf</t>
+  </si>
+  <si>
+    <t>2025-01-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-18-20241003T151442.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el Artículo Tercero Transitorio al Decreto Número 248 expedido por la Honorable XVII Legislatura del Estado Libre y Soberano de Quintana Roo, denominado "Decreto Número 248 por el que se reforma el artículo 8 del Decreto Número 094, expedido por la H. XV Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, denominado "Decreto Número 094 por el que se reforman los artículos 1 y 2, se deroga al artículo tercero transitorio y se adicionan los artículos 8 y 9, todos del Decreto Número 385 expedido por la H. XIV Legislatura y publicado en el Periódico Oficial del Estado de Quintana Roo de Fecha 8 de febrero de 2016, por el que se instituye la figura de diputado infantil por un día", publicado en el Periódico Oficial del Estado de Quintana Roo el 18 de junio de 2024.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-184-20251215T125152.pdf</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVIII Legislatura del Estado de Quintana Roo, aprueba el otorgamiento de concesiones para la prestación del servicio público de transporte de renta de toda clase de vehículos para operar en el centro de población de Tulum, Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se declara a la H. XVIII Legislatura del Estado Libre y Soberano de Quintana Roo como la "Legislatura de la Justicia Social".</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por los que se reforma la fracción XLIII del artículo 43 de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo; se expide la Ley de Transparencia y Acceso a la Información Pública del Estado de Quintana Roo y se expide la Ley de Protección de Datos Personales en Posesión de Sujetos Obligados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-62-20241212T122034.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-134-20250813T123510.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-132-20250806T122230.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-119-20250408T170935.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Licenciada en Derecho Minerva Maribel Moreno Cruz, como Titular de una Magistratura del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-03-14</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-15-20240926T103649.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley de las Entidades de la Administración Pública Paraestatal del Estado de Quintana Roo y por el que se reforman y adicionan diversas disposiciones de la Ley de Movilidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-08-18</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo primero del artículo 40 de la Ley de Obras Públicas y Servicios Relacionados con las mismas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo tercero, del artículo 10 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-138-20250829T145800.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley Sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-160-20251212T133522.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-156-20251126T175043.pdf</t>
+  </si>
+  <si>
+    <t>2025-07-03</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-30-20241022T102306.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Francisco Alberto Flota Medrano, como Titular del Órgano Interno de Control del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-106-20250313T234057.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-167-20251212T164842.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-70-20241216T155458.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el Artículo  Cuarto del Decreto Número 328 de la H. XV Legislatura por el que se reforman, adicionan y derogan diversas disposiciones al Decreto Número 091, expedido por la H. XII Legislatura del Estado Libre y Soberano de Quintana Roo, por el cual se Instituye la Medalla al Mérito Distinguida Quintanarroense “María Cristina Sangri Aguilar”; se reforma el Artículo Sexto Transitorio y se adiciona un Artículo Séptimo Transitorio al Decreto Número 043 expedido por la H. XVII Legislatura, por el que se reforma el Artículo Quinto Transitorio y se adiciona un Artículo Sexto Transitorio al Decreto Número 091, expedido por la H. XII Legislatura del Estado Libre y Soberano de Quintana Roo, por el cual se instituye la Medalla al Mérito Distinguida Quintanarroense "María Cristina Sangri Aguilar".</t>
+  </si>
+  <si>
+    <t>2024-10-30</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley de Asentamientos Humanos, Ordenamiento Territorial y Desarrollo Urbano del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 127, 128 fracciones V, VIII y XI, 134 fracción I y 135 fracción I de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-104-20250306T215543.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-83-20241220T140554.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-74-20241220T134250.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley del Secretariado Ejecutivo del Sistema Estatal de Seguridad Ciudadana del Estado de Quintana Roo y por el que se reforman diversos artículos de La Ley de Seguridad Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-66-20241216T152542.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-92-20250130T122829.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana María Elena Ceballos Cardeña, como persona integrante del Órgano de Administración Judicial del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>URL PDO</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-123-20250507T142705.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-117-20250403T133704.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-63-20241212T122235.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-182-20251215T124141.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan los artículos 4o.; 21; 41; 73; 116; 122 y 123 de la Constitución Política de los Estados Unidos Mexicanos, en materia de igualdad sustantiva, perspectiva de género, derecho de las mujeres a una vida libre de violencia y erradicación de la brecha salarial por razones de género.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma y adiciona el artículo 21 de la Constitución Política de los Estados Unidos Mexicanos, en materia de seguridad pública.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Isla Mujeres del Estado de Quintana Roo, y se reforman y adicionan diversas disposiciones del Código Fiscal Municipal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un segundo párrafo al artículo 123 de la Constitución Política de los Estados Unidos Mexicanos, en materia de apoyo a jóvenes.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el primer párrafo de la fracción VI del Apartado A y se adiciona un tercer párrafo a la fracción IV del Apartado B del artículo 123 de la Constitución Política de los Estados Unidos Mexicanos, en materia de salarios.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-31-20241022T102441.pdf</t>
+  </si>
+  <si>
+    <t>URL</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-2-20250211T163359.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el inciso q) de la fracción III del artículo 13 y el artículo 35 sexies; ambos de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo segundo del artículo 19 de la Constitución Política de los Estados Unidos Mexicanos, en materia de prisión preventiva oficiosa.</t>
+  </si>
+  <si>
+    <t>http://documentos.congresoqroo.gob.mx/decretos/DE-29-20241017T093623.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide el Código de Procedimientos y Justicia Administrativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVIII Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, declara el inicio de funciones administrativas y jurisdiccionales del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-3-20240909T180456.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción XXX y se adicionan las fracciones VIII BIS y XXII BIS del artículo 46 de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo; se reforman las fracciones XII, XXIII, XXIV y se adiciona la fracción XXV del artículo 6 de la Ley del Secretariado Ejecutivo del Sistema Estatal de Seguridad Ciudadana del Estado de Quintana Roo; y  se adiciona la fracción V Ter del apartado A del artículo 12 de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-12-23</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo décimo del artículo 25 y la fracción XXIX-Y del artículo 73 de la Constitución Política de los Estados Unidos Mexicanos, en materia de simplificación administrativa y digitalización.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-146-20250925T133853.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el Artículo Sexto Transitorio al Decreto Número 099, expedido por la H. XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, por el que se reforma el Artículo Cuarto del Decreto 328 de la H. XV Legislatura por el que se reforman, adicionan y derogan diversas disposiciones al Decreto Número 091, expedido por la H. XII Legislatura del Estado Libre y Soberano de Quintana Roo, por el cual se instituye la Medalla al Mérito distinguida Quintanarroense “María Cristina Sangri Aguilar”; se reforma el Artículo Sexto Transitorio y se adiciona un Artículo Séptimo Transitorio al Decreto Número 043 expedido por la H. XVII Legislatura, por el que se reforma el Artículo Quinto Transitorio y se adiciona un Artículo Sexto Transitorio al Decreto Número 091, expedido por la H. XII Legislatura del Estado Libre y Soberano de Quintana Roo, por el cual se instituye la Medalla al Mérito distinguida Quintanarroense “María Cristina Sangri Aguilar”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-28-20241009T174427.pdf</t>
+  </si>
+  <si>
+    <t>2024-09-09</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-77-20241220T134916.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-6-20240920T125517.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman: Las fracciones I, II, VII, X, XI, XII, XIII, XVIII y XIX del artículo 24; Se adicionan: Un último párrafo al artículo 24; el artículo 37 Bis y el artículo 45 Bis, todos de la Ley del Equilibrio Ecológico y la Protección al Ambiente del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-80-20241220T140128.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-17-20241003T151209.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-125-20250514T102924.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los párrafos cuarto y quinto de la fracción II, del apartado B, del artículo 20 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-91-20250211T161326.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-50-20241205T124116.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-202-20260304T163245.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-201-20260304T162413.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-65-20241216T152243.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-178-20251215T115257.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-180-20251215T120820.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el Decreto Número 050 de la H. XVIII Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcción, que servirá de Base para el Cobro de las Contribuciones sobre los Bienes Inmuebles en el Municipio de Benito Juárez, Estado de Quintana Roo, para el Ejercicio Fiscal 2025, publicado en el Periódico Oficial del Estado de Quintana Roo, el cuatro de diciembre del año dos mil veinticuatro, en lo relativo a la precisión de la fórmula para el cálculo del valor de la construcción.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-99-20250217T170153.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de José María Morelos, Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los párrafos primero, segundo y tercero del artículo 13 de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Seguridad Ciudadana del Estado de Quintana Roo, en materia de descentralización de la Universidad de Ciencias y Disciplinas de la Seguridad de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-42-20241126T110711.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el segundo párrafo del artículo 19 y se adicionan los párrafos segundo y tercero al artículo 40 de la Constitución Política de los Estados Unidos Mexicanos, en materia de fortalecimiento de la soberanía nacional.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-16-20240926T104804.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-38-20241112T212149.pdf</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-48-20241204T164825.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-45-20241129T135619.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-103-20250306T215018.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-169-20251215T102040.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-189-20251218T153523.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-13-20240920T131833.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-82-20241220T140329.pdf</t>
+  </si>
+  <si>
+    <t>2025-02-04</t>
+  </si>
+  <si>
+    <t>2025-06-10</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-41-20241112T212746.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-145-20250925T133655.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley Orgánica de la Fiscalía Especializada en Combate a la Corrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Fiscalización y Rendición de Cuentas del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-159-20251212T131455.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-2-20240909T180124.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Asentamientos Humanos, Ordenamiento Territorial y Desarrollo Urbano del Estado de Quintana Roo; Ley de Acciones Urbanísticas del Estado de Quintana Roo; Ley del Equilibrio Ecológico y la Protección al Ambiente del Estado de Quintana Roo; y Ley de Derechos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-135-20250813T123746.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Sergio David González Velázquez, como Titular del Órgano Interno de Control de la Secretaría Ejecutiva del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-161-20251212T133938.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y derogan diversas disposiciones de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-84-20250110T184212.pdf</t>
+  </si>
+  <si>
+    <t>Toma de protesta las Personas electas a los cargos de Magistradas y Magistrados del Tribunal Superior de Justicia del Estado de Quintana Roo, de Magistradas y Magistrados del Tribunal de Disciplina Judicial del Estado de Quintana Roo y de Juezas y Jueces del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo; y se reforman y derogan diversas disposiciones a la Ley Orgánica del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo, de la Ley de las Entidades de la Administración Pública Paraestatal del Estado de Quintana Roo y de la Ley de Mejora Regulatoria del Estado de Quintana Roo y sus Municipios.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-71-20241216T153817.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Teresita del Rocío Quiven Feria, como Titular del Órgano Interno de Control de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-114-20250325T102900.pdf</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-137-20250829T145338.pdf</t>
+  </si>
+  <si>
+    <t>Se designa al Licenciado en Derecho Edgar Ramírez Morales, como Titular de la Fiscalía Especializada en Combate a la Corrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley Orgánica del Tribunal de Justicia Administrativa y Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-12-13</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo quinto del artículo 25, los párrafos sexto y séptimo del artículo 27 y el párrafo cuarto del artículo 28 de la Constitución Política de los Estados Unidos Mexicanos, en materia de áreas y empresas estratégicas.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-143-20250901T035030.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-120-20250425T102149.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-110-20250320T102221.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan los artículos 4o. y 27 de la Constitución Política de los Estados Unidos Mexicanos, en Materia de Bienestar.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley para Prevenir, Investigar y Sancionar los Delitos en Materia de Extorsión del Estado de Quintana Roo, se reforman y derogan diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo, se reforman y adicionan diversas disposiciones a la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo, y se reforman diversas disposiciones de la Ley de Seguridad Ciudadana del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Constitución Política de los Estados Unidos Mexicanos, en materia de simplificación orgánica.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-139-20250829T145947.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-95-20250130T123033.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley para el Desarrollo y la Inclusión de las Personas con Discapacidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, autoriza al  Organismo Público Descentralizado, denominado Comisión de Agua Potable y Alcantarillado del Estado de Quintana Roo, por conducto de su Titular, a contratar uno o varios financiamientos, con una o varias instituciones financieras mexicanas, hasta por un monto de $279,503,253.07 (Doscientos Setenta y Nueve Millones Quinientos Tres Mil Doscientos Cincuenta y Tres Pesos 07/100 M.N.), saldo insoluto al 30 de junio del año 2025 del crédito simple con número de registro público único P23-1215140, suscrito el 26 de noviembre de 2015 con Banco Interacciones S.A., Institución de Banca Múltiple, Grupo Financiero Interacciones, causahabiente por fusión con Banco Mercantil del Norte, S.A., Institución de Banca Múltiple, Grupo Financiero Banorte, destinado a la operación de refinanciamiento y/o reestructuración de la deuda pública vigente a su cargo, por un plazo de hasta 15 años y/o su equivalente en meses o días, así como constituir, modificar y/o extinguir fuentes de pago, garantía u otros mecanismos de apoyo y/o soporte financiero; de igual manera autorizar un monto para el pago de cantidades con motivo de la reestructura y/o refinanciamiento, incluyendo los instrumentos derivados y las garantías de pago.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-124-20250507T143512.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-186-20251218T152714.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-76-20241220T134635.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma una disposición de la Ley de Turismo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-46-20241129T135816.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo segundo transitorio del Decreto 133 expedido por la H. XVII Legislatura del Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo, en fecha 18 de diciembre de 2023, por el que se aprueba inscribir con letras doradas en el Muro de Recinto Oficial del Poder Legislativo del Estado Libre y Soberano de Quintana Roo, el nombre de “María Cristina Sangri Aguilar”.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Othón P. Blanco del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-112-20250325T102331.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-98-20250211T162118.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un segundo párrafo al Artículo Tercero Transitorio del Decreto Número 055 ex-pedido por la Honorable XVII Legislatura del Estado de Quintana Roo, por el que se reforma el Artículo Tercero Transitorio del Decreto Número 040 expedido por la Honorable XVII Legislatura del Estado de Quintana Roo, por el que se reforman los artículos Segundo y Cuarto del Decreto Número 115 expedido por la Honorable VIII Legislatura del Estado de Quintana Roo, por el que se instituye la Medalla al Mé-rito de Protección Ecológica, “Ramón Bravo Prieto”.</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVIII Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba la celebración del Convenio de adhesión al Sistema Estatal de Coordinación Fiscal y del Convenio de Coordinación y Colaboración Administrativa en materia fiscal estatal que celebran el Gobierno del Estado de Quintana Roo y el Municipio de Othón P. Blanco, del Estado de Quintana Roo, en términos de lo que disponen la Constitución Política del Estado Libre y Soberano de Quintana Roo, la Ley Orgánica de la Administración Pública del Estado de Quintana Roo y la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-130-20250806T124102.pdf</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>2025-08-12</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-59-20241209T161026.pdf</t>
+  </si>
+  <si>
+    <t>Por el que reforma el primer párrafo y se adicionan los párrafos segundo, tercero, cuarto y quinto al artículo 29 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2024-10-15</t>
+  </si>
+  <si>
+    <t>2025-05-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-11-20240920T131339.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>Por el que se reforman: el artículo 4; la fracción II del artículo 17; el primer párrafo de la fracción II y la fracción III del artículo 21; el párrafo primero del artículo 62; el artículo 65. se derogan: la fracción VIII del artículo 5; el inciso a) de la fracción III del artículo 13; la fracción XXXI del artículo 16; los artículos 25, 26, 27, 28; el párrafo tercero del artículo 73, todos de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVIII Legislatura del Estado de Quintana Roo, Desincorpora del Régimen de Dominio Público, para quedar comprendido dentro del Régimen de Dominio Privado, la superficie de 6,394.65 metros cuadrados del bien inmueble del Dominio Público del Estado, ubicado en la calle Benito Juárez, colonia Centro, Manzana 0100, lote 000002 de la localidad de Nicolás Bravo, del Municipio de Othón P. Blanco, Estado de Quintana Roo, en el cual se encuentra el “Hospital Comunitario de Nicolás Bravo”, con la finalidad de que sea susceptible de donarse a título gratuito a favor del Organismo Público Descentralizado “Servicios de Salud del Instituto Mexicano del Seguro Social para el Bienestar”.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Cultura de la Legalidad del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-90-20250115T110236.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-86-20250110T184403.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adiciona diversas disposiciones de la Ley de Hacienda del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se declara el 10 de diciembre de cada año como el “Día de las Personas Profesionales en Informática, Tecnología e Innovación del Estado de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan los artículos 13, 16, 21, 32, 55, 73, 76, 78, 82, 89, 123 y 129 de la Constitución Política de los Estados Unidos Mexicanos, en materia de Guardia Nacional.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-163-20251212T142522.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Playa del Carmen, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan los artículos 3o., 4o. y 73 de la Constitución Política de los Estados Unidos Mexicanos, en materia de protección y cuidado animal.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-199-20260226T131522.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Narcisa del Socorro Pool May, como Titular del Órgano para la Igualdad de Género, Prevención y Atención de la Violencia contra las Mujeres del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-105-20250313T233815.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-193-20251218T154249.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 115, 116 y 117 de la Ley de Hacienda del Municipio de Isla Mujeres, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 146 de la Ley de Salud del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-170-20251219T104810.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-9-20240920T130806.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley Orgánica de la Administración Pública del Estado de Quintana Roo y de la Ley del Patrimonio del Estado de Quintana Roo.</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/DE-157-20251202T104021.pdf</t>
   </si>
   <si>
-    <t>http://documentos.congresoqroo.gob.mx/decretos/DE-29-20241017T093623.pdf</t>
-[...14 lines deleted...]
-    <t>Número</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-35-20241105T154442.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-181-20251215T121807.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo y del Reglamento de Comisiones del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-4-20240912T123453.pdf</t>
   </si>
   <si>
     <t>Por el que se expide la Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2026.</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-97-20250130T123213.pdf</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-172-20251215T104416.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-122-20250429T151713.pdf</t>
+  </si>
+  <si>
+    <t>2024-10-09</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Estefanía Caro Farah, como Titular del Órgano Interno de Control de la Fiscalía Especializada en Combate a la Corrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-27-20241009T174103.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley en materia de Declaración Especial de Ausencia para Personas Desaparecidas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tipo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-108-20250320T104756.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-73-20241216T154138.pdf</t>
+  </si>
+  <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>2025-01-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-79-20241220T135737.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-58-20241209T160837.pdf</t>
+  </si>
+  <si>
+    <t>2025-03-20</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-174-20251215T111521.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforma la fracción IX del artículo 33 de la Ley de los Trabajadores al Servicio de los Poderes Legislativo, Ejecutivo y Judicial, de los Ayuntamientos y Organismos Descentralizados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-121-20250429T152213.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2025.</t>
+  </si>
+  <si>
+    <t>2025-02-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-5-20260128T113200.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el segundo párrafo del artículo 25 de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el inciso a) de la fracción XXI del artículo 73 de la Constitución Política de los Estados Unidos Mexicanos, en materia de extorsión.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el Artículo Cuarto Transitorio del Decreto 248 mediante el cual se expide la Ley de Planeación para el Desarrollo del Estado de Quintana Roo, publicado en el Periódico Oficial del Estado el quince de agosto del año dos mil veintidós.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-187-20251218T152901.pdf</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/DE-162-20251212T140757.pdf</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-56-20241209T160251.pdf</t>
-[...740 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-105-20250313T233815.pdf</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/DE-195-20251218T154625.pdf</t>
   </si>
   <si>
     <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Tulum del Estado de Quintana Roo.</t>
-  </si>
-[...418 lines deleted...]
-    <t>Por el que la Honorable XVIII Legislatura del Estado de Quintana Roo, Desincorpora del Régimen de Dominio Público, para quedar comprendido dentro del Régimen de Dominio Privado, la superficie de 6,394.65 metros cuadrados del bien inmueble del Dominio Público del Estado, ubicado en la calle Benito Juárez, colonia Centro, Manzana 0100, lote 000002 de la localidad de Nicolás Bravo, del Municipio de Othón P. Blanco, Estado de Quintana Roo, en el cual se encuentra el “Hospital Comunitario de Nicolás Bravo”, con la finalidad de que sea susceptible de donarse a título gratuito a favor del Organismo Público Descentralizado “Servicios de Salud del Instituto Mexicano del Seguro Social para el Bienestar”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -1580,2983 +1805,3586 @@
             </ns0:gs>
             <ns0:gs pos="100000">
               <ns0:schemeClr val="phClr">
                 <ns0:shade val="30000"/>
                 <ns0:satMod val="200000"/>
               </ns0:schemeClr>
             </ns0:gs>
           </ns0:gsLst>
           <ns0:path path="circle">
             <ns0:fillToRect b="50000" l="50000" r="50000" t="50000"/>
           </ns0:path>
         </ns0:gradFill>
       </ns0:bgFillStyleLst>
     </ns0:fmtScheme>
   </ns0:themeElements>
   <ns0:objectDefaults/>
   <ns0:extraClrSchemeLst/>
 </ns0:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F172"/>
+  <dimension ref="A1:F208"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col collapsed="0" min="1" max="1" width="9.10"/>
     <col collapsed="0" min="2" max="2" width="9.10"/>
     <col collapsed="0" min="3" max="3" width="9.10"/>
     <col collapsed="0" min="4" max="4" width="9.10"/>
     <col collapsed="0" min="5" max="5" width="9.10"/>
     <col collapsed="0" min="6" max="6" width="9.10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s" s="1">
-        <v>348</v>
+        <v>44</v>
       </c>
       <c r="B1" t="s" s="1">
-        <v>382</v>
+        <v>457</v>
       </c>
       <c r="C1" t="s" s="1">
-        <v>11</v>
+        <v>184</v>
       </c>
       <c r="D1" t="s" s="1">
-        <v>52</v>
+        <v>312</v>
       </c>
       <c r="E1" t="s" s="1">
-        <v>258</v>
+        <v>298</v>
       </c>
       <c r="F1" t="s" s="1">
-        <v>211</v>
+        <v>99</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C2" t="n">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="D2" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>338</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>242</v>
+        <v>185</v>
       </c>
       <c r="B3" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C3" t="n">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="D3" t="s">
-        <v>300</v>
+        <v>339</v>
       </c>
       <c r="F3" t="s">
-        <v>68</v>
+        <v>247</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>466</v>
       </c>
       <c r="B4" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C4" t="n">
-        <v>165</v>
+        <v>200</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>143</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C5" t="n">
-        <v>164</v>
+        <v>199</v>
       </c>
       <c r="D5" t="s">
-        <v>220</v>
+        <v>435</v>
       </c>
       <c r="F5" t="s">
-        <v>68</v>
+        <v>369</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>359</v>
+        <v>422</v>
       </c>
       <c r="B6" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C6" t="n">
-        <v>163</v>
+        <v>198</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="F6" t="s">
-        <v>68</v>
+        <v>335</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>259</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C7" t="n">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>239</v>
       </c>
       <c r="F7" t="s">
-        <v>68</v>
+        <v>335</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>263</v>
+        <v>227</v>
       </c>
       <c r="B8" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C8" t="n">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="D8" t="s">
-        <v>303</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>68</v>
+        <v>335</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>284</v>
+        <v>104</v>
       </c>
       <c r="B9" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C9" t="n">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="D9" t="s">
-        <v>352</v>
+        <v>477</v>
       </c>
       <c r="F9" t="s">
-        <v>68</v>
+        <v>145</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>309</v>
+        <v>406</v>
       </c>
       <c r="B10" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C10" t="n">
-        <v>159</v>
+        <v>194</v>
       </c>
       <c r="D10" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="F10" t="s">
-        <v>68</v>
+        <v>145</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>244</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C11" t="n">
-        <v>158</v>
+        <v>193</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>438</v>
+      </c>
+      <c r="F11" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>173</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C12" t="n">
-        <v>157</v>
+        <v>192</v>
       </c>
       <c r="D12" t="s">
-        <v>5</v>
+        <v>175</v>
+      </c>
+      <c r="F12" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>195</v>
+        <v>278</v>
       </c>
       <c r="B13" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C13" t="n">
-        <v>156</v>
+        <v>191</v>
       </c>
       <c r="D13" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="F13" t="s">
-        <v>332</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>207</v>
       </c>
       <c r="B14" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C14" t="n">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>228</v>
+      </c>
+      <c r="F14" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>229</v>
+        <v>170</v>
       </c>
       <c r="B15" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C15" t="n">
-        <v>154</v>
+        <v>189</v>
       </c>
       <c r="D15" t="s">
-        <v>196</v>
+        <v>357</v>
       </c>
       <c r="F15" t="s">
-        <v>311</v>
+        <v>145</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>275</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C16" t="n">
-        <v>153</v>
+        <v>188</v>
       </c>
       <c r="D16" t="s">
-        <v>384</v>
+        <v>198</v>
       </c>
       <c r="F16" t="s">
-        <v>46</v>
+        <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>440</v>
       </c>
       <c r="B17" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C17" t="n">
-        <v>152</v>
+        <v>187</v>
       </c>
       <c r="D17" t="s">
-        <v>391</v>
+        <v>475</v>
       </c>
       <c r="F17" t="s">
-        <v>332</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>205</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C18" t="n">
-        <v>151</v>
+        <v>186</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>404</v>
       </c>
       <c r="F18" t="s">
-        <v>332</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>174</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C19" t="n">
-        <v>150</v>
+        <v>185</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
       <c r="F19" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>172</v>
+        <v>74</v>
       </c>
       <c r="B20" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C20" t="n">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="D20" t="s">
-        <v>355</v>
+        <v>258</v>
       </c>
       <c r="F20" t="s">
-        <v>147</v>
+        <v>252</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B21" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C21" t="n">
-        <v>148</v>
+        <v>183</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>396</v>
       </c>
       <c r="B22" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C22" t="n">
-        <v>147</v>
+        <v>182</v>
       </c>
       <c r="D22" t="s">
-        <v>94</v>
+        <v>304</v>
       </c>
       <c r="F22" t="s">
-        <v>294</v>
+        <v>252</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C23" t="n">
-        <v>146</v>
+        <v>181</v>
       </c>
       <c r="D23" t="s">
-        <v>47</v>
+        <v>446</v>
       </c>
       <c r="F23" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>255</v>
+        <v>210</v>
       </c>
       <c r="B24" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C24" t="n">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>342</v>
       </c>
       <c r="F24" t="s">
-        <v>163</v>
+        <v>259</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>69</v>
+        <v>345</v>
       </c>
       <c r="B25" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C25" t="n">
-        <v>144</v>
+        <v>179</v>
       </c>
       <c r="D25" t="s">
-        <v>202</v>
+        <v>121</v>
       </c>
       <c r="F25" t="s">
-        <v>171</v>
+        <v>259</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="B26" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C26" t="n">
-        <v>143</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
-        <v>217</v>
+        <v>341</v>
       </c>
       <c r="F26" t="s">
-        <v>171</v>
+        <v>259</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B27" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C27" t="n">
-        <v>142</v>
+        <v>177</v>
       </c>
       <c r="D27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F27" t="s">
-        <v>171</v>
+        <v>259</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>409</v>
       </c>
       <c r="B28" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C28" t="n">
-        <v>141</v>
+        <v>176</v>
       </c>
       <c r="D28" t="s">
-        <v>200</v>
+        <v>253</v>
       </c>
       <c r="F28" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>240</v>
+        <v>393</v>
       </c>
       <c r="B29" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C29" t="n">
-        <v>140</v>
+        <v>175</v>
       </c>
       <c r="D29" t="s">
-        <v>218</v>
+        <v>28</v>
       </c>
       <c r="F29" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="B30" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C30" t="n">
-        <v>139</v>
+        <v>174</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>465</v>
       </c>
       <c r="F30" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>201</v>
+        <v>308</v>
       </c>
       <c r="B31" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C31" t="n">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
-        <v>381</v>
+        <v>50</v>
       </c>
       <c r="F31" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>315</v>
+        <v>3</v>
       </c>
       <c r="B32" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C32" t="n">
-        <v>137</v>
+        <v>172</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>450</v>
       </c>
       <c r="F32" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>321</v>
+        <v>57</v>
       </c>
       <c r="B33" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C33" t="n">
-        <v>136</v>
+        <v>171</v>
       </c>
       <c r="D33" t="s">
-        <v>276</v>
+        <v>4</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>252</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>293</v>
+        <v>96</v>
       </c>
       <c r="B34" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C34" t="n">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="D34" t="s">
-        <v>93</v>
+        <v>441</v>
       </c>
       <c r="F34" t="s">
-        <v>75</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="B35" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C35" t="n">
-        <v>134</v>
+        <v>169</v>
       </c>
       <c r="D35" t="s">
-        <v>54</v>
+        <v>356</v>
       </c>
       <c r="F35" t="s">
-        <v>75</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>351</v>
+        <v>433</v>
       </c>
       <c r="B36" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C36" t="n">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="D36" t="s">
-        <v>221</v>
+        <v>173</v>
       </c>
       <c r="F36" t="s">
-        <v>369</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>341</v>
+        <v>55</v>
       </c>
       <c r="B37" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C37" t="n">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="D37" t="s">
-        <v>376</v>
+        <v>285</v>
       </c>
       <c r="F37" t="s">
-        <v>369</v>
+        <v>252</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>379</v>
+        <v>251</v>
       </c>
       <c r="B38" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C38" t="n">
-        <v>131</v>
+        <v>166</v>
       </c>
       <c r="D38" t="s">
-        <v>398</v>
+        <v>70</v>
       </c>
       <c r="F38" t="s">
-        <v>369</v>
+        <v>252</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>370</v>
+        <v>449</v>
       </c>
       <c r="B39" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C39" t="n">
-        <v>130</v>
+        <v>165</v>
       </c>
       <c r="D39" t="s">
-        <v>190</v>
+        <v>245</v>
       </c>
       <c r="F39" t="s">
-        <v>369</v>
+        <v>252</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>385</v>
+        <v>180</v>
       </c>
       <c r="B40" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C40" t="n">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
-        <v>308</v>
+        <v>165</v>
       </c>
       <c r="F40" t="s">
-        <v>181</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>221</v>
       </c>
       <c r="B41" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C41" t="n">
-        <v>128</v>
+        <v>163</v>
       </c>
       <c r="D41" t="s">
-        <v>176</v>
+        <v>432</v>
       </c>
       <c r="F41" t="s">
-        <v>365</v>
+        <v>252</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>260</v>
+        <v>380</v>
       </c>
       <c r="B42" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C42" t="n">
-        <v>127</v>
+        <v>162</v>
       </c>
       <c r="D42" t="s">
-        <v>48</v>
+        <v>476</v>
       </c>
       <c r="F42" t="s">
-        <v>365</v>
+        <v>252</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>33</v>
+        <v>478</v>
       </c>
       <c r="B43" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C43" t="n">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="F43" t="s">
-        <v>365</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>107</v>
       </c>
       <c r="B44" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C44" t="n">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="D44" t="s">
-        <v>104</v>
+        <v>279</v>
       </c>
       <c r="F44" t="s">
-        <v>61</v>
+        <v>252</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="B45" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C45" t="n">
-        <v>124</v>
+        <v>159</v>
       </c>
       <c r="D45" t="s">
-        <v>334</v>
+        <v>366</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>252</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C46" t="n">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D46" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>106</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>430</v>
       </c>
       <c r="B47" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C47" t="n">
-        <v>122</v>
+        <v>157</v>
       </c>
       <c r="D47" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>444</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>239</v>
+        <v>454</v>
       </c>
       <c r="B48" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C48" t="n">
-        <v>121</v>
+        <v>156</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>280</v>
       </c>
       <c r="F48" t="s">
-        <v>388</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>261</v>
+        <v>314</v>
       </c>
       <c r="B49" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C49" t="n">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="D49" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>217</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="B50" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C50" t="n">
-        <v>119</v>
+        <v>154</v>
       </c>
       <c r="D50" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="F50" t="s">
-        <v>388</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>133</v>
+        <v>373</v>
       </c>
       <c r="B51" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C51" t="n">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="D51" t="s">
-        <v>356</v>
+        <v>183</v>
       </c>
       <c r="F51" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>41</v>
+        <v>347</v>
       </c>
       <c r="B52" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C52" t="n">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="D52" t="s">
-        <v>57</v>
+        <v>167</v>
       </c>
       <c r="F52" t="s">
-        <v>373</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="B53" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C53" t="n">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="D53" t="s">
-        <v>306</v>
+        <v>2</v>
       </c>
       <c r="F53" t="s">
-        <v>373</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>251</v>
+        <v>408</v>
       </c>
       <c r="B54" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C54" t="n">
+        <v>150</v>
+      </c>
+      <c r="D54" t="s">
         <v>115</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>373</v>
+        <v>301</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="B55" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C55" t="n">
-        <v>114</v>
+        <v>149</v>
       </c>
       <c r="D55" t="s">
-        <v>135</v>
+        <v>82</v>
       </c>
       <c r="F55" t="s">
-        <v>124</v>
+        <v>301</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>204</v>
+        <v>155</v>
       </c>
       <c r="B56" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C56" t="n">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="D56" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="F56" t="s">
-        <v>124</v>
+        <v>302</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>210</v>
+        <v>473</v>
       </c>
       <c r="B57" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C57" t="n">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="D57" t="s">
-        <v>319</v>
+        <v>21</v>
       </c>
       <c r="F57" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>377</v>
+        <v>86</v>
       </c>
       <c r="B58" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C58" t="n">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="D58" t="s">
-        <v>252</v>
+        <v>323</v>
       </c>
       <c r="F58" t="s">
-        <v>153</v>
+        <v>302</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C59" t="n">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="D59" t="s">
-        <v>38</v>
+        <v>363</v>
       </c>
       <c r="F59" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>297</v>
       </c>
       <c r="B60" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C60" t="n">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="D60" t="s">
-        <v>265</v>
+        <v>186</v>
       </c>
       <c r="F60" t="s">
-        <v>22</v>
+        <v>302</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>9</v>
+        <v>375</v>
       </c>
       <c r="B61" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C61" t="n">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="D61" t="s">
-        <v>25</v>
+        <v>391</v>
       </c>
       <c r="F61" t="s">
-        <v>241</v>
+        <v>302</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C62" t="n">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="D62" t="s">
-        <v>340</v>
+        <v>9</v>
       </c>
       <c r="F62" t="s">
-        <v>106</v>
+        <v>302</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>83</v>
+        <v>456</v>
       </c>
       <c r="B63" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C63" t="n">
-        <v>106</v>
+        <v>141</v>
       </c>
       <c r="D63" t="s">
-        <v>279</v>
+        <v>158</v>
       </c>
       <c r="F63" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>102</v>
+        <v>472</v>
       </c>
       <c r="B64" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C64" t="n">
-        <v>105</v>
+        <v>140</v>
       </c>
       <c r="D64" t="s">
-        <v>262</v>
+        <v>10</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>28</v>
+        <v>436</v>
       </c>
       <c r="B65" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C65" t="n">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="D65" t="s">
-        <v>36</v>
+        <v>399</v>
       </c>
       <c r="F65" t="s">
-        <v>360</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="B66" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C66" t="n">
-        <v>103</v>
+        <v>138</v>
       </c>
       <c r="D66" t="s">
-        <v>115</v>
+        <v>277</v>
       </c>
       <c r="F66" t="s">
-        <v>360</v>
+        <v>144</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>237</v>
+        <v>85</v>
       </c>
       <c r="B67" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C67" t="n">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="D67" t="s">
-        <v>337</v>
+        <v>385</v>
       </c>
       <c r="F67" t="s">
-        <v>360</v>
+        <v>144</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>285</v>
+        <v>368</v>
       </c>
       <c r="B68" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C68" t="n">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="D68" t="s">
-        <v>184</v>
+        <v>138</v>
       </c>
       <c r="F68" t="s">
-        <v>373</v>
+        <v>224</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>222</v>
+        <v>157</v>
       </c>
       <c r="B69" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C69" t="n">
-        <v>100</v>
+        <v>135</v>
       </c>
       <c r="D69" t="s">
-        <v>295</v>
+        <v>370</v>
       </c>
       <c r="F69" t="s">
-        <v>143</v>
+        <v>416</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>25</v>
       </c>
       <c r="B70" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C70" t="n">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="D70" t="s">
-        <v>386</v>
+        <v>265</v>
       </c>
       <c r="F70" t="s">
-        <v>143</v>
+        <v>416</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="B71" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C71" t="n">
-        <v>98</v>
+        <v>133</v>
       </c>
       <c r="D71" t="s">
-        <v>138</v>
+        <v>29</v>
       </c>
       <c r="F71" t="s">
-        <v>92</v>
+        <v>352</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>323</v>
+        <v>468</v>
       </c>
       <c r="B72" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C72" t="n">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>266</v>
       </c>
       <c r="F72" t="s">
-        <v>18</v>
+        <v>352</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="B73" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C73" t="n">
-        <v>96</v>
+        <v>131</v>
       </c>
       <c r="D73" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="F73" t="s">
-        <v>305</v>
+        <v>352</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>298</v>
+        <v>402</v>
       </c>
       <c r="B74" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C74" t="n">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="D74" t="s">
-        <v>296</v>
+        <v>414</v>
       </c>
       <c r="F74" t="s">
-        <v>18</v>
+        <v>352</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="B75" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C75" t="n">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="D75" t="s">
-        <v>397</v>
+        <v>67</v>
       </c>
       <c r="F75" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>175</v>
+        <v>31</v>
       </c>
       <c r="B76" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C76" t="n">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="D76" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="F76" t="s">
-        <v>327</v>
+        <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>401</v>
+        <v>111</v>
       </c>
       <c r="B77" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C77" t="n">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="D77" t="s">
-        <v>333</v>
+        <v>131</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>281</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="B78" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C78" t="n">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="D78" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F78" t="s">
-        <v>305</v>
+        <v>281</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>112</v>
       </c>
       <c r="B79" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C79" t="n">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="D79" t="s">
-        <v>131</v>
+        <v>332</v>
       </c>
       <c r="F79" t="s">
-        <v>307</v>
+        <v>361</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>193</v>
+        <v>289</v>
       </c>
       <c r="B80" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C80" t="n">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="D80" t="s">
-        <v>353</v>
+        <v>403</v>
       </c>
       <c r="F80" t="s">
-        <v>191</v>
+        <v>224</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>206</v>
+        <v>447</v>
       </c>
       <c r="B81" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C81" t="n">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="D81" t="s">
-        <v>126</v>
+        <v>299</v>
       </c>
       <c r="F81" t="s">
-        <v>191</v>
+        <v>460</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>395</v>
+        <v>426</v>
       </c>
       <c r="B82" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C82" t="n">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="D82" t="s">
-        <v>286</v>
+        <v>451</v>
       </c>
       <c r="F82" t="s">
-        <v>191</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>243</v>
+        <v>150</v>
       </c>
       <c r="B83" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C83" t="n">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="D83" t="s">
-        <v>127</v>
+        <v>467</v>
       </c>
       <c r="F83" t="s">
-        <v>191</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>363</v>
+        <v>443</v>
       </c>
       <c r="B84" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C84" t="n">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="D84" t="s">
-        <v>326</v>
+        <v>392</v>
       </c>
       <c r="F84" t="s">
-        <v>191</v>
+        <v>420</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>453</v>
       </c>
       <c r="B85" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C85" t="n">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="D85" t="s">
-        <v>20</v>
+        <v>267</v>
       </c>
       <c r="F85" t="s">
-        <v>191</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>122</v>
+        <v>273</v>
       </c>
       <c r="B86" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C86" t="n">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="D86" t="s">
-        <v>266</v>
+        <v>114</v>
       </c>
       <c r="F86" t="s">
-        <v>362</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="B87" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C87" t="n">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="D87" t="s">
-        <v>281</v>
+        <v>300</v>
       </c>
       <c r="F87" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>141</v>
+        <v>333</v>
       </c>
       <c r="B88" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C88" t="n">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="D88" t="s">
-        <v>2</v>
+        <v>201</v>
       </c>
       <c r="F88" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>287</v>
+        <v>382</v>
       </c>
       <c r="B89" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C89" t="n">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="D89" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="F89" t="s">
-        <v>362</v>
+        <v>27</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="B90" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C90" t="n">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="D90" t="s">
-        <v>103</v>
+        <v>383</v>
       </c>
       <c r="F90" t="s">
-        <v>362</v>
+        <v>154</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
       <c r="B91" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C91" t="n">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D91" t="s">
-        <v>145</v>
+        <v>231</v>
       </c>
       <c r="F91" t="s">
-        <v>362</v>
+        <v>154</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>345</v>
+        <v>322</v>
       </c>
       <c r="B92" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C92" t="n">
-        <v>77</v>
+        <v>112</v>
       </c>
       <c r="D92" t="s">
-        <v>366</v>
+        <v>410</v>
       </c>
       <c r="F92" t="s">
-        <v>362</v>
+        <v>154</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>98</v>
+        <v>290</v>
       </c>
       <c r="B93" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C93" t="n">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="D93" t="s">
-        <v>349</v>
+        <v>196</v>
       </c>
       <c r="F93" t="s">
-        <v>362</v>
+        <v>92</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>118</v>
       </c>
       <c r="B94" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C94" t="n">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="D94" t="s">
-        <v>188</v>
+        <v>394</v>
       </c>
       <c r="F94" t="s">
-        <v>362</v>
+        <v>92</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
+        <v>256</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="n">
+        <v>109</v>
+      </c>
+      <c r="D95" t="s">
         <v>214</v>
       </c>
-      <c r="B95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>362</v>
+        <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>212</v>
+        <v>43</v>
       </c>
       <c r="B96" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C96" t="n">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="D96" t="s">
-        <v>219</v>
+        <v>458</v>
       </c>
       <c r="F96" t="s">
-        <v>165</v>
+        <v>464</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>288</v>
+        <v>142</v>
       </c>
       <c r="B97" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C97" t="n">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="D97" t="s">
-        <v>216</v>
+        <v>102</v>
       </c>
       <c r="F97" t="s">
-        <v>165</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>268</v>
+        <v>349</v>
       </c>
       <c r="B98" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C98" t="n">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="D98" t="s">
-        <v>322</v>
+        <v>284</v>
       </c>
       <c r="F98" t="s">
-        <v>165</v>
+        <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>215</v>
+        <v>309</v>
       </c>
       <c r="B99" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C99" t="n">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="D99" t="s">
-        <v>390</v>
+        <v>437</v>
       </c>
       <c r="F99" t="s">
-        <v>158</v>
+        <v>269</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>125</v>
+        <v>324</v>
       </c>
       <c r="B100" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C100" t="n">
-        <v>69</v>
+        <v>104</v>
       </c>
       <c r="D100" t="s">
-        <v>228</v>
+        <v>291</v>
       </c>
       <c r="F100" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>291</v>
+        <v>84</v>
       </c>
       <c r="B101" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C101" t="n">
-        <v>68</v>
+        <v>103</v>
       </c>
       <c r="D101" t="s">
-        <v>316</v>
+        <v>355</v>
       </c>
       <c r="F101" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="B102" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C102" t="n">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="D102" t="s">
-        <v>350</v>
+        <v>5</v>
       </c>
       <c r="F102" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>378</v>
+        <v>401</v>
       </c>
       <c r="B103" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C103" t="n">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D103" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F103" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>114</v>
+        <v>439</v>
       </c>
       <c r="B104" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C104" t="n">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="D104" t="s">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="F104" t="s">
-        <v>158</v>
+        <v>470</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="B105" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C105" t="n">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="D105" t="s">
-        <v>152</v>
+        <v>344</v>
       </c>
       <c r="F105" t="s">
-        <v>158</v>
+        <v>470</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>225</v>
+        <v>412</v>
       </c>
       <c r="B106" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C106" t="n">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="D106" t="s">
-        <v>183</v>
+        <v>411</v>
       </c>
       <c r="F106" t="s">
-        <v>394</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>380</v>
+        <v>260</v>
       </c>
       <c r="B107" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C107" t="n">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="D107" t="s">
-        <v>302</v>
+        <v>123</v>
       </c>
       <c r="F107" t="s">
-        <v>394</v>
+        <v>461</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>84</v>
+        <v>257</v>
       </c>
       <c r="B108" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C108" t="n">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="D108" t="s">
-        <v>399</v>
+        <v>32</v>
       </c>
       <c r="F108" t="s">
-        <v>394</v>
+        <v>64</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>189</v>
+        <v>346</v>
       </c>
       <c r="B109" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C109" t="n">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="D109" t="s">
-        <v>274</v>
+        <v>400</v>
       </c>
       <c r="F109" t="s">
-        <v>394</v>
+        <v>461</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>372</v>
+        <v>209</v>
       </c>
       <c r="B110" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C110" t="n">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="D110" t="s">
-        <v>257</v>
+        <v>11</v>
       </c>
       <c r="F110" t="s">
-        <v>232</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B111" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C111" t="n">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="D111" t="s">
-        <v>123</v>
+        <v>223</v>
       </c>
       <c r="F111" t="s">
-        <v>232</v>
+        <v>360</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>335</v>
+        <v>94</v>
       </c>
       <c r="B112" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C112" t="n">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="D112" t="s">
-        <v>330</v>
+        <v>296</v>
       </c>
       <c r="F112" t="s">
-        <v>232</v>
+        <v>461</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>1</v>
+        <v>320</v>
       </c>
       <c r="B113" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C113" t="n">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>336</v>
       </c>
       <c r="F113" t="s">
-        <v>232</v>
+        <v>64</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>207</v>
+        <v>171</v>
       </c>
       <c r="B114" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C114" t="n">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="D114" t="s">
-        <v>246</v>
+        <v>427</v>
       </c>
       <c r="F114" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>329</v>
+        <v>124</v>
       </c>
       <c r="B115" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C115" t="n">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="D115" t="s">
-        <v>387</v>
+        <v>130</v>
       </c>
       <c r="F115" t="s">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>142</v>
+        <v>65</v>
       </c>
       <c r="B116" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C116" t="n">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="D116" t="s">
-        <v>346</v>
+        <v>208</v>
       </c>
       <c r="F116" t="s">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="B117" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C117" t="n">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="D117" t="s">
-        <v>383</v>
+        <v>235</v>
       </c>
       <c r="F117" t="s">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>400</v>
+        <v>474</v>
       </c>
       <c r="B118" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C118" t="n">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="D118" t="s">
-        <v>16</v>
+        <v>428</v>
       </c>
       <c r="F118" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>140</v>
+        <v>364</v>
       </c>
       <c r="B119" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C119" t="n">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="D119" t="s">
-        <v>325</v>
+        <v>166</v>
       </c>
       <c r="F119" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B120" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C120" t="n">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="D120" t="s">
-        <v>107</v>
+        <v>374</v>
       </c>
       <c r="F120" t="s">
-        <v>232</v>
+        <v>149</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>105</v>
+        <v>237</v>
       </c>
       <c r="B121" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C121" t="n">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="D121" t="s">
-        <v>342</v>
+        <v>292</v>
       </c>
       <c r="F121" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>160</v>
+        <v>305</v>
       </c>
       <c r="B122" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C122" t="n">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="D122" t="s">
-        <v>0</v>
+        <v>359</v>
       </c>
       <c r="F122" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>310</v>
+        <v>376</v>
       </c>
       <c r="B123" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C123" t="n">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="D123" t="s">
-        <v>368</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="B124" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C124" t="n">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D124" t="s">
-        <v>304</v>
+        <v>330</v>
       </c>
       <c r="F124" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="B125" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C125" t="n">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="D125" t="s">
-        <v>130</v>
+        <v>462</v>
       </c>
       <c r="F125" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>151</v>
+        <v>62</v>
       </c>
       <c r="B126" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C126" t="n">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="D126" t="s">
-        <v>233</v>
+        <v>116</v>
       </c>
       <c r="F126" t="s">
-        <v>272</v>
+        <v>321</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>74</v>
+        <v>227</v>
       </c>
       <c r="B127" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C127" t="n">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="D127" t="s">
-        <v>253</v>
+        <v>327</v>
       </c>
       <c r="F127" t="s">
-        <v>272</v>
+        <v>321</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>269</v>
+        <v>236</v>
       </c>
       <c r="B128" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C128" t="n">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="D128" t="s">
-        <v>167</v>
+        <v>405</v>
       </c>
       <c r="F128" t="s">
-        <v>139</v>
+        <v>321</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>95</v>
       </c>
       <c r="B129" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C129" t="n">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D129" t="s">
-        <v>110</v>
+        <v>240</v>
       </c>
       <c r="F129" t="s">
-        <v>139</v>
+        <v>321</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>51</v>
+        <v>249</v>
       </c>
       <c r="B130" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C130" t="n">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="D130" t="s">
-        <v>134</v>
+        <v>293</v>
       </c>
       <c r="F130" t="s">
-        <v>139</v>
+        <v>321</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>249</v>
+        <v>176</v>
       </c>
       <c r="B131" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C131" t="n">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="D131" t="s">
-        <v>187</v>
+        <v>459</v>
       </c>
       <c r="F131" t="s">
-        <v>139</v>
+        <v>415</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>313</v>
+        <v>139</v>
       </c>
       <c r="B132" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C132" t="n">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="D132" t="s">
-        <v>113</v>
+        <v>179</v>
       </c>
       <c r="F132" t="s">
-        <v>139</v>
+        <v>415</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>339</v>
+        <v>119</v>
       </c>
       <c r="B133" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C133" t="n">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="D133" t="s">
-        <v>277</v>
+        <v>379</v>
       </c>
       <c r="F133" t="s">
-        <v>208</v>
+        <v>415</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>292</v>
+        <v>169</v>
       </c>
       <c r="B134" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C134" t="n">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="D134" t="s">
-        <v>66</v>
+        <v>286</v>
       </c>
       <c r="F134" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="B135" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C135" t="n">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D135" t="s">
-        <v>270</v>
+        <v>195</v>
       </c>
       <c r="F135" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>4</v>
+        <v>58</v>
       </c>
       <c r="B136" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C136" t="n">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="D136" t="s">
-        <v>79</v>
+        <v>212</v>
       </c>
       <c r="F136" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>301</v>
+        <v>397</v>
       </c>
       <c r="B137" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C137" t="n">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="D137" t="s">
-        <v>129</v>
+        <v>232</v>
       </c>
       <c r="F137" t="s">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>137</v>
+        <v>77</v>
       </c>
       <c r="B138" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C138" t="n">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="D138" t="s">
-        <v>209</v>
+        <v>295</v>
       </c>
       <c r="F138" t="s">
-        <v>374</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>101</v>
+        <v>334</v>
       </c>
       <c r="B139" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C139" t="n">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="D139" t="s">
-        <v>223</v>
+        <v>340</v>
       </c>
       <c r="F139" t="s">
-        <v>374</v>
+        <v>40</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>375</v>
+        <v>20</v>
       </c>
       <c r="B140" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C140" t="n">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>243</v>
       </c>
       <c r="F140" t="s">
-        <v>374</v>
+        <v>40</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>282</v>
+        <v>105</v>
       </c>
       <c r="B141" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C141" t="n">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="D141" t="s">
-        <v>338</v>
+        <v>303</v>
       </c>
       <c r="F141" t="s">
-        <v>178</v>
+        <v>389</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>194</v>
+        <v>159</v>
       </c>
       <c r="B142" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C142" t="n">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="D142" t="s">
-        <v>24</v>
+        <v>264</v>
       </c>
       <c r="F142" t="s">
-        <v>178</v>
+        <v>389</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>299</v>
+        <v>168</v>
       </c>
       <c r="B143" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C143" t="n">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D143" t="s">
-        <v>254</v>
+        <v>164</v>
       </c>
       <c r="F143" t="s">
-        <v>178</v>
+        <v>389</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>8</v>
+        <v>429</v>
       </c>
       <c r="B144" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C144" t="n">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="D144" t="s">
-        <v>7</v>
+        <v>110</v>
       </c>
       <c r="F144" t="s">
-        <v>178</v>
+        <v>389</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="B145" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C145" t="n">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="D145" t="s">
-        <v>393</v>
+        <v>417</v>
       </c>
       <c r="F145" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="B146" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C146" t="n">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="D146" t="s">
-        <v>324</v>
+        <v>463</v>
       </c>
       <c r="F146" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>45</v>
+        <v>225</v>
       </c>
       <c r="B147" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C147" t="n">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="D147" t="s">
-        <v>312</v>
+        <v>246</v>
       </c>
       <c r="F147" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="B148" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C148" t="n">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="D148" t="s">
-        <v>331</v>
+        <v>93</v>
       </c>
       <c r="F148" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>53</v>
+        <v>469</v>
       </c>
       <c r="B149" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C149" t="n">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="D149" t="s">
-        <v>367</v>
+        <v>160</v>
       </c>
       <c r="F149" t="s">
-        <v>256</v>
+        <v>423</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>314</v>
+        <v>413</v>
       </c>
       <c r="B150" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C150" t="n">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="D150" t="s">
-        <v>389</v>
+        <v>38</v>
       </c>
       <c r="F150" t="s">
-        <v>50</v>
+        <v>423</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>403</v>
+        <v>219</v>
       </c>
       <c r="B151" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C151" t="n">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="D151" t="s">
-        <v>238</v>
+        <v>135</v>
       </c>
       <c r="F151" t="s">
-        <v>50</v>
+        <v>423</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>320</v>
+        <v>248</v>
       </c>
       <c r="B152" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C152" t="n">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D152" t="s">
-        <v>85</v>
+        <v>202</v>
       </c>
       <c r="F152" t="s">
-        <v>50</v>
+        <v>423</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>185</v>
+        <v>238</v>
       </c>
       <c r="B153" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C153" t="n">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D153" t="s">
-        <v>161</v>
+        <v>213</v>
       </c>
       <c r="F153" t="s">
-        <v>234</v>
+        <v>108</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>128</v>
+        <v>81</v>
       </c>
       <c r="B154" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C154" t="n">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="D154" t="s">
-        <v>177</v>
+        <v>337</v>
       </c>
       <c r="F154" t="s">
-        <v>234</v>
+        <v>108</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>354</v>
+        <v>276</v>
       </c>
       <c r="B155" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C155" t="n">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="D155" t="s">
-        <v>336</v>
+        <v>127</v>
       </c>
       <c r="F155" t="s">
-        <v>283</v>
+        <v>423</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>186</v>
+        <v>226</v>
       </c>
       <c r="B156" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C156" t="n">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D156" t="s">
-        <v>402</v>
+        <v>353</v>
       </c>
       <c r="F156" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="B157" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C157" t="n">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="D157" t="s">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="F157" t="s">
-        <v>178</v>
+        <v>423</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>166</v>
+        <v>371</v>
       </c>
       <c r="B158" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C158" t="n">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="D158" t="s">
-        <v>198</v>
+        <v>407</v>
       </c>
       <c r="F158" t="s">
-        <v>116</v>
+        <v>423</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="B159" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C159" t="n">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D159" t="s">
-        <v>318</v>
+        <v>354</v>
       </c>
       <c r="F159" t="s">
-        <v>116</v>
+        <v>423</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>224</v>
+        <v>315</v>
       </c>
       <c r="B160" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C160" t="n">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D160" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="F160" t="s">
-        <v>116</v>
+        <v>423</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>99</v>
+        <v>307</v>
       </c>
       <c r="B161" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C161" t="n">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="D161" t="s">
-        <v>23</v>
+        <v>128</v>
       </c>
       <c r="F161" t="s">
-        <v>256</v>
+        <v>203</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>168</v>
+        <v>434</v>
       </c>
       <c r="B162" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C162" t="n">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="D162" t="s">
-        <v>29</v>
+        <v>348</v>
       </c>
       <c r="F162" t="s">
-        <v>116</v>
+        <v>203</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>156</v>
+        <v>283</v>
       </c>
       <c r="B163" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C163" t="n">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="D163" t="s">
-        <v>297</v>
+        <v>362</v>
       </c>
       <c r="F163" t="s">
-        <v>116</v>
+        <v>48</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="B164" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C164" t="n">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="D164" t="s">
-        <v>328</v>
+        <v>47</v>
       </c>
       <c r="F164" t="s">
-        <v>392</v>
+        <v>48</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="B165" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C165" t="n">
-        <v>4</v>
+        <v>39</v>
       </c>
       <c r="D165" t="s">
-        <v>231</v>
+        <v>133</v>
       </c>
       <c r="F165" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="B166" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C166" t="n">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="D166" t="s">
-        <v>278</v>
+        <v>351</v>
       </c>
       <c r="F166" t="s">
-        <v>392</v>
+        <v>48</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>245</v>
+        <v>381</v>
       </c>
       <c r="B167" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C167" t="n">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="D167" t="s">
-        <v>89</v>
+        <v>189</v>
       </c>
       <c r="F167" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>197</v>
+        <v>306</v>
       </c>
       <c r="B168" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C168" t="n">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="D168" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="F168" t="s">
-        <v>157</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>358</v>
+        <v>161</v>
       </c>
       <c r="B169" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C169" t="n">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="D169" t="s">
-        <v>87</v>
+        <v>445</v>
       </c>
       <c r="F169" t="s">
-        <v>92</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>117</v>
+        <v>395</v>
       </c>
       <c r="B170" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="C170" t="n">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="D170" t="s">
-        <v>73</v>
+        <v>1</v>
       </c>
       <c r="F170" t="s">
-        <v>149</v>
+        <v>288</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>358</v>
+        <v>178</v>
       </c>
       <c r="B171" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C171" t="n">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="D171" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="F171" t="s">
-        <v>154</v>
+        <v>288</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
+        <v>37</v>
+      </c>
+      <c r="B172" t="s">
+        <v>13</v>
+      </c>
+      <c r="C172" t="n">
+        <v>32</v>
+      </c>
+      <c r="D172" t="s">
+        <v>117</v>
+      </c>
+      <c r="F172" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>390</v>
+      </c>
+      <c r="B173" t="s">
+        <v>13</v>
+      </c>
+      <c r="C173" t="n">
+        <v>31</v>
+      </c>
+      <c r="D173" t="s">
+        <v>311</v>
+      </c>
+      <c r="F173" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>192</v>
+      </c>
+      <c r="B174" t="s">
+        <v>13</v>
+      </c>
+      <c r="C174" t="n">
+        <v>30</v>
+      </c>
+      <c r="D174" t="s">
+        <v>282</v>
+      </c>
+      <c r="F174" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>310</v>
+      </c>
+      <c r="B175" t="s">
+        <v>13</v>
+      </c>
+      <c r="C175" t="n">
+        <v>29</v>
+      </c>
+      <c r="D175" t="s">
+        <v>316</v>
+      </c>
+      <c r="F175" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>318</v>
+      </c>
+      <c r="B176" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" t="n">
+        <v>28</v>
+      </c>
+      <c r="D176" t="s">
+        <v>325</v>
+      </c>
+      <c r="F176" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>174</v>
+      </c>
+      <c r="B177" t="s">
+        <v>13</v>
+      </c>
+      <c r="C177" t="n">
+        <v>27</v>
+      </c>
+      <c r="D177" t="s">
+        <v>455</v>
+      </c>
+      <c r="F177" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>268</v>
+      </c>
+      <c r="B178" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" t="n">
+        <v>26</v>
+      </c>
+      <c r="D178" t="s">
+        <v>113</v>
+      </c>
+      <c r="F178" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>211</v>
+      </c>
+      <c r="B179" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" t="n">
+        <v>25</v>
+      </c>
+      <c r="D179" t="s">
+        <v>91</v>
+      </c>
+      <c r="F179" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>241</v>
+      </c>
+      <c r="B180" t="s">
+        <v>13</v>
+      </c>
+      <c r="C180" t="n">
+        <v>24</v>
+      </c>
+      <c r="D180" t="s">
+        <v>234</v>
+      </c>
+      <c r="F180" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>199</v>
+      </c>
+      <c r="B181" t="s">
+        <v>13</v>
+      </c>
+      <c r="C181" t="n">
+        <v>23</v>
+      </c>
+      <c r="D181" t="s">
+        <v>136</v>
+      </c>
+      <c r="F181" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>76</v>
+      </c>
+      <c r="B182" t="s">
+        <v>13</v>
+      </c>
+      <c r="C182" t="n">
+        <v>22</v>
+      </c>
+      <c r="D182" t="s">
+        <v>23</v>
+      </c>
+      <c r="F182" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>215</v>
+      </c>
+      <c r="B183" t="s">
+        <v>13</v>
+      </c>
+      <c r="C183" t="n">
+        <v>21</v>
+      </c>
+      <c r="D183" t="s">
+        <v>244</v>
+      </c>
+      <c r="F183" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>387</v>
+      </c>
+      <c r="B184" t="s">
+        <v>13</v>
+      </c>
+      <c r="C184" t="n">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>218</v>
+      </c>
+      <c r="F184" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>101</v>
+      </c>
+      <c r="B185" t="s">
+        <v>13</v>
+      </c>
+      <c r="C185" t="n">
+        <v>19</v>
+      </c>
+      <c r="D185" t="s">
+        <v>146</v>
+      </c>
+      <c r="F185" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>425</v>
+      </c>
+      <c r="B186" t="s">
+        <v>13</v>
+      </c>
+      <c r="C186" t="n">
+        <v>18</v>
+      </c>
+      <c r="D186" t="s">
+        <v>255</v>
+      </c>
+      <c r="F186" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>33</v>
+      </c>
+      <c r="B187" t="s">
+        <v>13</v>
+      </c>
+      <c r="C187" t="n">
+        <v>17</v>
+      </c>
+      <c r="D187" t="s">
+        <v>331</v>
+      </c>
+      <c r="F187" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>431</v>
+      </c>
+      <c r="B188" t="s">
+        <v>13</v>
+      </c>
+      <c r="C188" t="n">
+        <v>16</v>
+      </c>
+      <c r="D188" t="s">
+        <v>350</v>
+      </c>
+      <c r="F188" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>52</v>
+      </c>
+      <c r="B189" t="s">
+        <v>13</v>
+      </c>
+      <c r="C189" t="n">
+        <v>15</v>
+      </c>
+      <c r="D189" t="s">
+        <v>270</v>
+      </c>
+      <c r="F189" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
         <v>271</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="n">
+      <c r="B190" t="s">
+        <v>13</v>
+      </c>
+      <c r="C190" t="n">
+        <v>14</v>
+      </c>
+      <c r="D190" t="s">
+        <v>66</v>
+      </c>
+      <c r="F190" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>317</v>
+      </c>
+      <c r="B191" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" t="n">
+        <v>13</v>
+      </c>
+      <c r="D191" t="s">
+        <v>358</v>
+      </c>
+      <c r="F191" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>222</v>
+      </c>
+      <c r="B192" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" t="n">
+        <v>12</v>
+      </c>
+      <c r="D192" t="s">
+        <v>151</v>
+      </c>
+      <c r="F192" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>41</v>
+      </c>
+      <c r="B193" t="s">
+        <v>13</v>
+      </c>
+      <c r="C193" t="n">
+        <v>11</v>
+      </c>
+      <c r="D193" t="s">
+        <v>421</v>
+      </c>
+      <c r="F193" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>365</v>
+      </c>
+      <c r="B194" t="s">
+        <v>13</v>
+      </c>
+      <c r="C194" t="n">
+        <v>10</v>
+      </c>
+      <c r="D194" t="s">
+        <v>172</v>
+      </c>
+      <c r="F194" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>294</v>
+      </c>
+      <c r="B195" t="s">
+        <v>13</v>
+      </c>
+      <c r="C195" t="n">
+        <v>9</v>
+      </c>
+      <c r="D195" t="s">
+        <v>442</v>
+      </c>
+      <c r="F195" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>378</v>
+      </c>
+      <c r="B196" t="s">
+        <v>13</v>
+      </c>
+      <c r="C196" t="n">
+        <v>8</v>
+      </c>
+      <c r="D196" t="s">
+        <v>18</v>
+      </c>
+      <c r="F196" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>220</v>
+      </c>
+      <c r="B197" t="s">
+        <v>13</v>
+      </c>
+      <c r="C197" t="n">
+        <v>7</v>
+      </c>
+      <c r="D197" t="s">
+        <v>89</v>
+      </c>
+      <c r="F197" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>261</v>
+      </c>
+      <c r="B198" t="s">
+        <v>13</v>
+      </c>
+      <c r="C198" t="n">
+        <v>6</v>
+      </c>
+      <c r="D198" t="s">
+        <v>328</v>
+      </c>
+      <c r="F198" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>274</v>
+      </c>
+      <c r="B199" t="s">
+        <v>53</v>
+      </c>
+      <c r="C199" t="n">
+        <v>5</v>
+      </c>
+      <c r="D199" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>386</v>
+      </c>
+      <c r="B200" t="s">
+        <v>13</v>
+      </c>
+      <c r="C200" t="n">
+        <v>5</v>
+      </c>
+      <c r="D200" t="s">
+        <v>206</v>
+      </c>
+      <c r="F200" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>97</v>
+      </c>
+      <c r="B201" t="s">
+        <v>53</v>
+      </c>
+      <c r="C201" t="n">
+        <v>4</v>
+      </c>
+      <c r="D201" t="s">
+        <v>17</v>
+      </c>
+      <c r="F201" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" t="s">
+        <v>197</v>
+      </c>
+      <c r="B202" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202" t="n">
+        <v>4</v>
+      </c>
+      <c r="D202" t="s">
+        <v>448</v>
+      </c>
+      <c r="F202" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" t="s">
+        <v>418</v>
+      </c>
+      <c r="B203" t="s">
+        <v>53</v>
+      </c>
+      <c r="C203" t="n">
+        <v>3</v>
+      </c>
+      <c r="D203" t="s">
+        <v>68</v>
+      </c>
+      <c r="F203" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" t="s">
+        <v>424</v>
+      </c>
+      <c r="B204" t="s">
+        <v>13</v>
+      </c>
+      <c r="C204" t="n">
+        <v>3</v>
+      </c>
+      <c r="D204" t="s">
+        <v>319</v>
+      </c>
+      <c r="F204" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" t="s">
+        <v>69</v>
+      </c>
+      <c r="B205" t="s">
+        <v>53</v>
+      </c>
+      <c r="C205" t="n">
+        <v>2</v>
+      </c>
+      <c r="D205" t="s">
+        <v>313</v>
+      </c>
+      <c r="F205" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" t="s">
+        <v>388</v>
+      </c>
+      <c r="B206" t="s">
+        <v>13</v>
+      </c>
+      <c r="C206" t="n">
+        <v>2</v>
+      </c>
+      <c r="D206" t="s">
+        <v>367</v>
+      </c>
+      <c r="F206" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>69</v>
+      </c>
+      <c r="B207" t="s">
+        <v>53</v>
+      </c>
+      <c r="C207" t="n">
         <v>1</v>
       </c>
-      <c r="D172" t="s">
-[...3 lines deleted...]
-        <v>247</v>
+      <c r="D207" t="s">
+        <v>191</v>
+      </c>
+      <c r="F207" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>329</v>
+      </c>
+      <c r="B208" t="s">
+        <v>13</v>
+      </c>
+      <c r="C208" t="n">
+        <v>1</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+      <c r="F208" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>