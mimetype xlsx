--- v0 (2025-12-14)
+++ v1 (2026-03-13)
@@ -17,2061 +17,2061 @@
   <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" />
   <Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" />
   <Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" />
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tablib Dataset" r:id="rId1" sheetId="1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="671">
   <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-79.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Adopción del Estado de Quintana Roo; y se derogan y adicionan diversas disposiciones del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-06-229.pdf</t>
+  </si>
+  <si>
+    <t>2019-12-20</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción IV y se adiciona la fracción XXI al artículo 72 de la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-09-09</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Othón P. Blanco, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Consulta a los Pueblos y Comunidades Indígenas y Afromexicanas del Estado de Quintana Roo y por el que se reforman diversas disposiciones de la Ley de Derechos, Cultura y Organización Indígena del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Se aprueba la reelección de la Ciudadana Dulce María Balam Tuz, en el mismo cargo como Magistrada Numeraria del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 6 años que comprende del 17 de noviembre de 2022 al 16 de noviembre de 2028.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-75.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-24.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se aprueba la renuncia del ciudadano Fernando Gama Rodríguez como Magistrado del Tribunal de Justicia Administrativa del Estado de Quintana Roo, con efectos a partir del 31 de diciembre de 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Planeación para el Desarrollo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Hacienda del Municipio de Bacalar, del Estado de Quintana Roo y se reforma el artículo 1 de la Ley del Impuesto sobre Adquisición de Bienes Inmuebles de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley para la Dotación Gratuita de Uniformes, Mochilas y Útiles Escolares a las Alumnas y los Alumnos Inscritos en Escuelas Públicas de Educación Básica en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-02-23-216.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara el día 21 de septiembre “Día Estatal de la Paz”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-20-234.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el primer párrafo y la fracción IV del artículo 2 de la Ley Estatal de Cultura Física y Deporte.</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan los Artículos Cuarto y Quinto Transitorio al Decreto Número 091, expedido por la H. XII Legislatura del Estado Libre y Soberano de Quintana Roo, por el cual se instituye la “Medalla al Mérito Distinguida Quintanarroense María Cristina Sangri Aguilar”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-26.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la denominación y se reforman, adicionan y derogan diversas disposiciones de la Ley de Fomento para la Nutrición y el Combate del Sobrepeso, Obesidad y Trastornos de la Conducta Alimentaria para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-13-152.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-25-122.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Licenciada Teresa de Jesús Villa Velasco, Titular de la Magistratura Unitaria para Adolescentes, del Sistema Integral de Justicia para Adolescentes del Poder Judicial del Estado de Quintana Roo, quien durará en su encargo por un periodo de seis años, que comprende del 23 de agosto del año 2022 y hasta el 22 de agosto del año 2028.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-16-105.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el artículo 113 y la fracción VI del artículo 120 y se adicionan las fracciones LXXIII y LXXIV al artículo 5, una fracción XXXV al artículo 25 y un artículo 107 Bis, todos de la Ley de Movilidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-28</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-259.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones V y VI del artículo 99 y se adicionan la fracción VII al artículo 99, el artículo 104-Ter y el artículo 104-Quáter de la Ley Orgánica del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un último párrafo al artículo 161 de la Constitución Política del Estado Libre y Soberano de Quintana Roo, en materia de Presupuesto de la Secretaría Ejecutiva del Sistema Estatal Anticorrupción.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-201.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-05-151.pdf</t>
+  </si>
+  <si>
+    <t>2021-08-13</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo y se reforma el Artículo Décimo Segundo Transitorio del Decreto Número 333 de la XV Legislatura del Estado, por el que se expide la Ley del Notariado para el Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo el 2 de julio del año 2019.</t>
+  </si>
+  <si>
+    <t>2020-09-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-272.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley Orgánica del Centro de Conciliación Laboral del Estado de Quintana Roo y por el que se reforman, adicionan y derogan diversas disposiciones de la Ley Orgánica del Poder Judicial del Estado de Quintana Roo y de la Ley del Instituto de la Defensoría Pública del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2020-01-14</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reelección de la Ciudadana Adriana Cárdenas Aguilar, en el mismo cargo como Magistrada Numeraria del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-08-175.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-18-244.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el articulo décimo transitorio al Decreto numero 097 denominado “Por el que se expide la Ley de Instituciones y Procedimientos Electorales para el estado de Quintana Roo”, publicado el día veintiuno del mes de Septiembre del año dos mil diecisiete en el Periódico Oficial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-14-34.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo quinto del artículo 31 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Fecha de publicación en el Diario oficial</t>
+  </si>
+  <si>
+    <t>2021-10-21</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo y del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-08-24</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de José Maria Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-171.pdf</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-177.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara “2022, Año del Nuevo Sistema de Justicia Laboral en el Estado de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>2020-02-21</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-30.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-17-165.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción XXXIX del artículo 8, la fracción XXIII del artículo 10, el artículo 22 y el artículo 23 y se adicionan las fracciones XXIV Bis, XXIV Bis I, XXIV Bis II, XXIV Bis III al artículo 8, todos de la Ley para la Prevención, Gestión Integral y Economía Circular de los Residuos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-03-161.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 222 de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-85.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-32.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 63, 65 y 66 y se adiciona el párrafo segundo al artículo 64 de la Ley de la Juventud del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-78.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Acción de Cambio Climático en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-184.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-28-54.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-15-220.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-03-162.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se declara “el día del Policía de Quintana Roo”, y se instituye la medalla al “Mérito Policial de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el artículo 29 y el artículo 32; y se adicionan los artículos 29 Bis; 29 Ter y 29 Quáter; un Capítulo Décimo denominado Del Registro de Infractores integrado por los artículos 35, 36, 37, 38 y 39, todos de la Ley de Ordenamiento Cívico del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-138.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-21-141.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo cuarto de la fracción IV del artículo 74 de la Constitución Política de los Estados Unidos Mexicanos, en materia de partidas secretas.</t>
+  </si>
+  <si>
+    <t>Por el que se deroga el artículo 219 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Título</t>
+  </si>
+  <si>
+    <t>Se reforman: el cuarto párrafo y la fracción III del apartado A del artículo 13; el párrafo segundo del artículo 26; las fracciones III y V del artículo 68; el cuarto párrafo del artículo 77; el último párrafo del artículo 101; el segundo párrafo del artículo 107; el segundo párrafo del artículo 133; y se adicionan: un párrafo segundo al artículo 51 bis; un artículo 63 Bis; la fracción VI al artículo 68; un párrafo segundo a la fracción I del artículo 90; un párrafo tercero al apartado D del artículo 96 recorriendo en su orden el último párrafo de este apartado, y un tercer párrafo al artículo 133; de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-04-06</t>
+  </si>
+  <si>
+    <t>2021-12-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-16.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Ley de Víctimas del Estado de Quintana Roo, y por el que se reforman y adicionan diversas disposiciones de la Ley del Instituto de Defensoría Pública del Estado de Quintana Roo, en materia de asesoría y defensa de las personas indígenas.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-262.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el Artículo Undécimo Transitorio al Decreto Número 097 por el que se expide la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo, publicado el 22 de septiembre de 2017 en el Periódico Oficial del Estado de Quintan Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-07-08-255.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción VII del artículo 48 y la fracción I del artículo 52; y se adiciona el párrafo segundo al artículo 37 y la fracción VII al artículo 48-Quáter, todos de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-03-242.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-02-23-214.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-77.pdf</t>
+  </si>
+  <si>
+    <t>2019-12-18</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Protección y Fomento Apícola del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-132.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-17-106.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVI Legislatura del Estado Libre y Soberano de Quintana Roo, autoriza al Poder Ejecutivo del Estado Libre y Soberano de Quintana Roo, por conducto de la titular de la Secretaria de Finanzas y Planeación del Gobierno del Estado de Quintana Roo, a contratar por un plazo de hasta 25 años, uno o varios financiamientos, con una o más instituciones financieras mexicanas, hasta por el monto de $19,021,376,697.84 (Diecinueve mil veintiún millones trecientos setenta y seis mil seiscientos noventa y siete pesos 84/100 Moneda Nacional) para refiinanciar y/o reestructurar la deuda publica directa  del Estado que se encuentra vigente con las instituciones de crédito, con los conceptos, términos, condiciones y con las características previstas en el presente, asi como constituir, modificar y/o extinguir fuentes  de pago, garantía u otro mecanismo de apoyo y/o soporte financiero y a afectar ingresos, constituir reservas financieras, contratar coberturas, instrumentos derivados, garantías de pago y sufragar gastos relacionados.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman: el artículo 25, las fracciones V y VI del artículo 44, el artículo 61, las fracciones I, VIII y IX del artículo 71, los incisos a. y b. de la fracción II del artículo 73 y se adicionan: la fracción VII del artículo 44, la fracción X del artículo 71, todos de la Ley de Conservación, Mantenimiento, Protección y Desarrollo del Arbolado Urbano del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Licenciado Heyden José Cebada Rivas, como Magistrado Numerario del Tribunal Superior de Justicia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-74.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-91.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo segundo del artículo 35 y los artículos 35 bis y 35 ter, todos de la Ley de los Trabajadores al Servicio de los Poderes Legislativo, Ejecutivo y Judicial, de los Ayuntamientos y Organismos Descentralizados del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>por el que se reforman y adicionan diversas disposiciones de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo; de la Ley de los Municipios del Estado de Quintana Roo; y de la Ley del Equilibrio Ecológico y la Protección al Ambiente del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-192.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba inscribir con letras doradas en el Muro de Honor del Recinto Oficial del Poder Legislativo del Estado Libre y Soberano de Quintana Roo, el nombre de MARÍA PETRONA UICAB.</t>
+  </si>
+  <si>
+    <t>Por el que se da cumplimiento a la Resolución dictada por el Tribunal Electoral del Estado de Quintana Roo, en el Juicio Electoral JE/001/2022, promovido por el Instituto Electoral de Quintana Roo, en contra del Decreto Número 190 expedido por esta H. XVI Legislatura del Estado de Quintana Roo por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Turismo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-27.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-22-48.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-29-49.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-136.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-15-47.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, autoriza al Ayuntamiento de Puerto Morelos, Quintana Roo, a adquirir obligaciones relacionadas con la realización, bajo la figura de asociación público-privada, del proyecto denominado “Unidad de servicios administrativos ‘Puerto Morelos´, consistente en un centro de atención a los ciudadanos, oficinas administrativas para la prestación de los servicios públicos del municipio”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-10-102.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones VII y VIII del artículo 116,  y se adicionan la fracción XX al artículo 5 y la fracción IX al artículo 116, de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un párrafo segundo al artículo 2 de la Ley de los Trabajadores al Servicio de los Poderes Legislativo, Ejecutivo y Judicial, de los Ayuntamientos y Organismos Descentralizados del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-06-30</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-20-235.pdf</t>
+  </si>
+  <si>
+    <t>2022-03-24</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-264.pdf</t>
+  </si>
+  <si>
+    <t>URL</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-02-15-212.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la H. XVI Legislatura, autoriza al Poder Ejecutivo del Estado Libre y Soberano de Quintana Roo, por conducto de la persona Titular de la Secretaria de Finanzas y Planeación del Estado de Quintana Roo, a ratificar el convenio de incorporación voluntaria al régimen del Instituto de Seguridad y Servicios Sociales de los Trabajadores del Estado de Quintana Roo, de fecha 24 de noviembre de 1976, y a celebrar convenio modificatorio del convenio de incorporación voluntaria al régimen del Instituto de Seguridad y Servicios Sociales de los Trabajadores del Estado con el Instituto de Seguridad y Servicios Sociales de los Trabajadores del Estado (ISSSTE).</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones normativas de la Ley de Salud del Estado de Quintana Roo, la Ley de los Derechos de Niñas, Niños y Adolescentes del Estado de Quintana Roo; la Ley de Educación del Estado de Quintana Roo; la Ley para la Prestación de Servicios para la Atención, Cuidado y Desarrollo Integral Infantil de Quintana Roo y la Ley de Planeación para el Desarrollo del Estado de Quintana Roo, en materia de lactancia materna.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-02-16-213.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Claudette González Arellano, como Comisionada del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción XI del Artículo 58 de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reelección de la Ciudadana Mariana Dávila Goerner, en el mismo cargo como Magistrada Numeraria del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-06-233.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforma el artículo tercero transitorio del Decreto número 093 por el que se declara “El día del policía de Quintana Roo”, y se instituye la medalla al “Mérito Policial de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-15.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-19</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-14-69.pdf</t>
+  </si>
+  <si>
+    <t>Número</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>2021-12-09</t>
+  </si>
+  <si>
+    <t>URL PDO</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-114.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-03-163.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-06-10-125.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-06-231.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-170.pdf</t>
+  </si>
+  <si>
+    <t>Declaratoria</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de José María Morelos del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-269.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones I, IV, VI, X, XI y XIII del artículo 2 bis; la fracción III del artículo 4; el segundo párrafo del artículo 6; la fracción III del artículo 12; las fracciones I, V, VIII, XI, XIII, XVIII, XIX y XXX del artículo 12 quinquies, las fracciones I y III del artículo 18 bis; las fracciones I y II del artículo 20; y la fracción X del artículo 77 bis; y se adicionan un segundo párrafo al artículo 5; último párrafo al artículo 12, así como la fracción XXXI del artículo 12 quinquies recorriéndose la subsecuente, todos de la Ley Estatal de Cultura Física y Deporte</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-196.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-249.pdf</t>
+  </si>
+  <si>
+    <t>2022-09-12</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-188.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción I del artículo 2, y se adiciona un párrafo segundo al artículo 3 y un párrafo segundo a la fracción V del artículo 16, todos de la Ley de Bibliotecas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-10-5.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley para la Igualdad entre Mujeres y Hombres, la Ley para Prevenir, Atender y Eliminar la Discriminación, la Ley de Desarrollo Económico y Competitividad, la Ley de los Municipios y la Ley del Instituto Quintanarroense de la Mujer, todas del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, deroga y adicionan diversas disposiciones del Código Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el primer párrafo del artículo décimo segundo transitorio del Decreto Número 125, expedido por la XVI Legislatura del Estado y publicado en el Periódico Oficial del Estado de Quintana Roo, de fecha 22 de junio de 2021.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Benito Juárez, del estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-03-99.pdf</t>
+  </si>
+  <si>
+    <t>2019-12-27</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones del Código Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Amnistía para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se abroga la Ley de Ejecución de Penas y Medidas Judiciales del Estado de Quintana Roo, publicada en el Periódico Oficial del Estado de Quintana Roo, de fecha 2 de marzo de 2011.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-194.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Sobre Venta y Consumo de Bebidas Alcohólicas en el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona una fracción XXIII Bis al artículo 73 de la Constitución Política de los Estados Unidos Mexicanos, en materia de seguridad privada.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el Capítulo XXVIII denominado “DE LOS DERECHOS DE SANEAMIENTO AMBIENTAL QUE REALICE EL MUNICIPIO”, dentro del Título Tercero denominado “DE LOS DERECHOS”, el cual comprende los Artículos 131 Bis, 131 Ter, 131 Quáter y 131 Quinquies, todos de la Ley de Hacienda del Municipio de Tulum, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Ana Mercedes Castillo Carvajal, como Magistrada Numeraria del Tribunal Superior de Justicia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Tulum, del Estado de Quintana Roo; y se reforma el artículo 1 de la Ley del Impuesto sobre Adquisición de Bienes Inmuebles de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-173.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-182.pdf</t>
+  </si>
+  <si>
+    <t>2019-12-26</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Othón P. Blanco, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Desarrollo Económico y Competitividad para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Tipo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-26-157.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-199.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-70.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-205.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-01-25-211.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-27-183.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-19.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-12-117.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-29-147.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-13-108.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, ratifica la prórroga de la concesión otorgada en la Cuadragésima Octava Sesión Ordinaria del Honorable Ayuntamiento de Benito Juárez, Quintana Roo a favor de la empresa “Transportación Turística Urbana de Cancún”, S.A. de C.V. para que preste el servicio público de transporte urbano de pasajeros en autobuses en ruta establecida en el Municipio de Benito Juárez, Quintana Roo, en cumplimiento a la sentencia del juicio de amparo 763/2018-v-a, emitida por el Juzgado Cuarto de Distrito del Centro Auxiliar de la Quinta Región en el estado de Sinaloa.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-10-9.pdf</t>
+  </si>
+  <si>
+    <t>2021-10-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-261.pdf</t>
+  </si>
+  <si>
+    <t>2021-07-16</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-19-121.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-14-67.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-09-53.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-16-224.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-17-1.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-20-154.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción VIII del artículo 42-D y la fracción I del artículo 47 de la Ley de la Juventud del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-11-12</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Constitución Política de los Estados Unidos Mexicanos, en materia de movilidad y seguridad vial.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-22-143.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reelección del Ciudadano Felipe de Jesús Solís Magaña, en el mismo cargo como Magistrado Numerario del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 6 años que comprende del 24 de junio de 2022 al 23 de junio de 2028.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-22.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los Transitorios Primero y Tercero de la Ley de Imagen Institucional para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción II del artículo 96; el inciso b) de la fracción II y el inciso b) de la fracción V, ambos del artículo 97 de la Ley de Transparencia y Acceso a la Información Pública para el Estado de Quintana Roo; y por el que se reforma la fracción II del artículo 247 de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un artículo 146-Quáter al Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Seguridad Pública y de la Ley de los Municipios, ambos ordenamientos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-18-120.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y derogan diversas disposiciones de la Ley de Hacienda del Municipio de Cozumel, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria en el Municipio de Felipe Carrillo Puerto del Estado de Quintana Roo para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-09-52.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-09-101.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-273.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a las Ciudadanas Elsa Miriam Cortés Franco y Melissa Bugarini Calleros, como integrantes de la Comisión de Selección que nombrará al Comité de Participación Ciudadana del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo, en materia de candidaturas comunes</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan las fracciones IV y V al artículo 13 bis de la Ley de Salud del Estado de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>2020-12-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-23-167.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Desarrollo Rural Sustentable del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-73.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-14-66.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-26-156.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la C. Gloria Esther Torres Alonso, como Titular del Órgano Interno de Control del Tribunal de Justicia Administrativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-129.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción XI y se adicionan las fracciones XVIII y XIX al artículo 72 de la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-07-11</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-22-142.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara el día 5 de septiembre de cada año, “Día Estatal de la Mujer Indígena”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-07-08-257.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Educación del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-135.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-89.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-127.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-04-4.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-110.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-31-274.pdf</t>
+  </si>
+  <si>
+    <t>2022-03-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-10-3.pdf</t>
+  </si>
+  <si>
+    <t>2022-03-23</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-253.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adiciona diversas disposiciones de la Ley del Impuesto al Hospedaje del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-08-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-126.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones del Código Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2019-11-12</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción I del artículo 2 de la Ley de Obras Públicas y Servicios Relacionados con las mismas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se declara el último día del mes de febrero de cada año como el “Día de las Enfermedades Raras en el Estado de Quintana Roo”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-80.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley del Impuesto Adicional para el Fomento al Empleo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción I, la fracción II, el primer párrafo de la fracción III, el primer párrafo de la fracción IV, la fracción V, el primer párrafo de la fracción VI, y la fracción VII todos del artículo 36 de la Ley de Transparencia y Acceso a la Información Pública para el Estado de Quintana Roo y por el que se reforman: las fracciones IV y V del artículo 6; la fracción III del artículo 28; y se adiciona: el contenido de la fracción IV al artículo 28, recorriendo en su orden la última fracción; todos del Reglamento de Comisiones del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-83.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-08-64.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-09-46.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara: “2020, Año del 50 Aniversario de la fundación de Cancun”.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Jalil Arlene Ix Benitez, como Titular del Órgano Interno de Control de la Secretaría Ejecutiva del Sistema Anticorrupción del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-29-50.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-254.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-24-247.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2020-11-30</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción VIII del artículo 4, la fracción IX del artículo 14, la fracción XIX del artículo 28, el primer párrafo del artículo 49, el artículo 63 y el artículo 64 todos de la Ley de Obras Públicas y Servicios relacionados con las mismas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-140.pdf</t>
+  </si>
+  <si>
+    <t>2021-06-18</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción II del inciso A) del artículo 30 de la Constitución Política de los Estados Unidos Mexicanos, en materia de nacionalidad</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-271.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-11-03-60.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-112.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se designa a la ciudadana Bianca Fabiola Pech Dzib y el ciudadano Jesús Gabriel Dzul Piña, como elementos policiales que serán galardonados con la medalla al “Mérito Policial de Quintana Roo” en el año 2022.</t>
+  </si>
+  <si>
+    <t>2022-07-20</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un Segundo Transitorio y se reforma la numeración del Transitorio Único, quedando como Primero, ambos del Decreto Número 153, por el que se reforman los artículos 63, 65 y 66, y se adiciona el párrafo segundo al artículo 64 de la Ley de la Juventud del Estado Libre y Soberano de Quintana Roo, expedido por la H. XVI Legislatura del Estado.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo cuarto del Decreto Número 318 por el que se Instituye la Celebración del Parlamento de Mujeres de Quintana Roo, expedido por la Honorable XV Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el artículo 129; los párrafos primero y segundo del artículo 130 Bis; los párrafos primero y cuarto del artículo 130 Ter; y se derogan el párrafo segundo del artículo 88; el párrafo tercero del artículo 89; el último párrafo del artículo 118; el último párrafo del artículo 127 y el último párrafo del artículo 128, todos del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-180.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-14-33.pdf</t>
+  </si>
+  <si>
+    <t>2021-06-22</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba el Informe General Ejecutivo relativo a la fiscalización superior de la Cuenta Pública para el Ejercicio Fiscal 2020 y emite las conclusiones y recomendaciones relativas a dicha fiscalización.</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la C. Georgina Magdalena Rodríguez Gutiérrez, como Titular del Órgano Interno de Control de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 9 y se adiciona el artículo 10 del decreto número 385 expedido por la Honorable XIV Legislatura del Estado Libre y Soberano de Quintana Roo y publicado el 8 de febrero de 2016 en el Periódico Oficial del Estado de Quintana Roo, reformado mediante decreto 094 expedido por la Honorable XV Legislatura del Estado Libre y Soberano de Quintana Roo y publicado el 28 de septiembre de 2017 en el Periódico Oficial del Estado de Quintana Roo, por el que se instituye la figura de diputada y diputado infantil por un día.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reelección del Ciudadano Carlos Alejandro Lima Carvajal, en el mismo cargo como Magistrado Numerario del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 6 años que comprende del 24 de junio de 2022 al 23 de junio de 2028.</t>
+  </si>
+  <si>
+    <t>Por el que se REFORMAN: las fracciones XVII, XVIII y XIX del artículo 21; el artículo 24; las fracciones I y II del artículo 29; las fracciones XV y XVI del artículo 35; y SE ADICIONAN: la fracción XX al artículo 21, la fracción III al artículo 29 y las fracciones XVII y XVIII al artículo 35, todos de la Ley del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo primero del artículo 7; la fracción II del artículo 32; el artículo 33 y el artículo 55, todos de la Ley de Cuotas y Tarifas para los Servicios de Agua Potable y Alcantarillado, Tratamiento y Disposición de Aguas Residuales del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>2020-12-29</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Seguridad Escolar Integral del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones XI y XII del artículo 40 y el artículo 121; y se adiciona la fracción XIII al artículo 40, todos de la Ley de Protección y Bienestar Animal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de entrega y recepción de los Poderes Públicos, Ayuntamientos, Órganos Públicos Autónomos y de las entidades de la administración pública paraestatal del Estado de Quintana Roo; y por el que se reforman y derogan diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-16-221.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reforma al primer párrafo del artículo 28 de la Constitución Política de los Estados Unidos Mexicanos, en materia de condonación de impuestos.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-22-225.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman: las fracciones II, III y VI del apartado B del artículo 3; el artículo 5; la fracción I del artículo 37; la denominación del Título Quinto para denominarse “de los centros penitenciarios, y de ejecución de medidas para adolescentes”; y los artículos 50 y 51, todos de la Ley Orgánica de la Secretaría de Seguridad Pública del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-185.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-11.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones I y III del artículo 135 de la Ley de Hacienda del Municipio de Benito Juárez del Estado de Quintana Roo, aprobado en la presente fecha.</t>
+  </si>
+  <si>
+    <t>2020-07-14</t>
+  </si>
+  <si>
+    <t>http://documentos.congresoqroo.gob.mx/decretos-pdo/DECRETO-048.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-12.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-178.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones LIII y LIV, y se adiciona una fracción LV del artículo 75, así como un párrafo sexto al artículo 13 recorriéndose los subsecuentes, ambos de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-16-223.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-84.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-28-160.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el Ejercicio Fiscal 2022.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-02-23-97.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-35.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-31-276.pdf</t>
+  </si>
+  <si>
+    <t>2022-05-30</t>
+  </si>
+  <si>
+    <t>2021-12-03</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-13.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-10-104.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a la Ciudadana Teresita del Rocío Quivén Feria, como Titular del Órgano Interno de Control de la Fiscalía General del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Othon P. Blanco, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2020-11-13</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 113 de la Ley de Movilidad del Estado de Quintana Roo y se deroga el párrafo segundo del Artículo Segundo Transitorio del Decreto Número 047 de la XVI Legislatura del Estado, por el que se reforman el artículo 113 y la fracción VI del artículo 120 y se adicionan las fracciones LXXIII y LXXIV al artículo 5, una fracción XXXV al artículo 25 y un artículo 107 Bis, todos de la Ley de Movilidad del Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo, el trece de noviembre del año dos mil veinte.</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-11-05-1.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-29-149.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo autoriza al Poder Ejecutivo del Estado Libre y Soberano de Quintana Roo, por conducto de la persona Titular de la Secretaría de Finanzas y Planeación, a contratar por un plazo de hasta veinte años, uno o varios Financiamientos, con una o más Instituciones Financieras Mexicanas, o a través de la Colocación de Instrumentos de Deuda en el Mercado de Valores Nacional, directamente o a través de cualquier Vehículo constituido para tal efecto y/o que actúe como Deudor, por un monto de hasta $820,000,000.00 (Ochocientos Veinte Millones de Pesos 00/100 Moneda Nacional).</t>
+  </si>
+  <si>
+    <t>2022-01-26</t>
+  </si>
+  <si>
+    <t>2021-05-14</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-01-31-1.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se instituye la medalla al Mérito Mujer Indígena Maya “MARÍA PETRONA UICAB".</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo primero y las fracciones III y IV del artículo 12; el artículo 14 y el artículo 15; y se adicionan la fracción V y un último párrafo al artículo 12 y el artículo 14 Bis; todos de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-12-118.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-06-230.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-30-240.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma: la fracción X del artículo 31 y el artículo 40 de la Ley de Transparencia y Acceso a la Información Pública para el Estado de Quintana Roo; se reforma: la fracción VI del artículo 140 y la fracción VIII del Artículo 223 de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo; se reforma: la fracción XX del artículo 195 del Código de Justicia Administrativa del Estado de Quintana Roo; se reforman: los párrafos primero, segundo y tercero del artículo 18 de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo, y se reforman: las fracciones XI y XII del artículo 22 y el primer párrafo del artículo 65 y se deroga: el tercer párrafo del artículo 65, todos de la Ley de la Comisión de los Derechos Humanos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley del Impuesto al Hospedaje del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-191.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-181.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones al Código Penal para el Estado Libre y Soberano de Quintana Roo y por el que se adicionan diversas disposiciones a la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley del Impuesto sobre Nóminas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones IV y V y se adiciona la fracción VI al artículo 106 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura del Estado de Quintana Roo, declara la primera semana del mes de abril de cada año en el Estado de Quintana Roo, como la "Semana Estatal de la Cultura Física y el Deporte”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-07-23-41.pdf</t>
+  </si>
+  <si>
+    <t>2020-03-06</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-10.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-72.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara el día 14 de noviembre de 1902 como fecha oficial de la fundación de la Ciudad de Playa del Carmen y se instituye el 14 de noviembre de cada año como “El día de la fundación de la Ciudad de Playa del Carmen”.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Estado de Quintana Roo, para el Ejercicio Fiscal 2022.</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la reelección del Ciudadano Ángel Ysidro Quintal Quintal, en el mismo cargo como Magistrado Supernumerario del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 3 años que comprende del 24 de junio de 2022 al 23 de junio de 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-133.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-11-116.pdf</t>
+  </si>
+  <si>
+    <t>Fe de erratas</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica del Poder Judicial del Estado de Quintana Roo, y se abroga la Ley de Justicia para Adolescentes del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley para el Desarrollo y la Inclusión de las Personas con Discapacidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-09-27</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-05-43.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-18.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones normativas de carácter administrativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-266.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-265.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-189.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Benito Juárez, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-03-10-40.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Constitución Política de los Estados Unidos Mexicanos, en materia de consulta popular y revocación de mandato.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones III y VI del artículo 24-A de la Ley de Salud del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-02-16-95.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-02-19-38.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba la designación de la Ciudadana Licenciada Maria de Guadalupe Angélica Chan Flores al cargo de Consejera Ciudadana y del Ciudadano Licenciado Jose Joaquin Gonzalez Castro al cargo de Consejero Ciudadano, ambos del Consejo de la Judicatura del Poder Judicial del Estado de Quintana Roo, por un período de cinco años comprendidos del dia diecinueve de enero del año dos mil veinte al dieciocho de enero del año dos mil veinticinco.</t>
+  </si>
+  <si>
+    <t>Se designa a la Ciudadana Magda Eugenia de Jesús Lozano Ocman, Comisionada del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona la fracción VII y un último párrafo al artículo 238 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-27-158.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-28-146.pdf</t>
+  </si>
+  <si>
+    <t>2021-06-02</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-26-155.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se declara Patrimonio Cultural Intangible los motivos, símbolos y elementos de la cosmogonía maya contenidos en los bordados de las comunidades mayas del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado De Quintana Roo, de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo, de la Ley Estatal de Medios de Impugnación en Materia Electoral, de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo y del Código Penal para el Estado Libre y Soberano de Quintana Roo, en materia de violencia política contra las mujeres en razón de género.</t>
+  </si>
+  <si>
+    <t>2022-04-05</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-139.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-29-148.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-16-222.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-24-169.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción IX del artículo 24 y el numeral 2 del inciso g) de la fracción IV del artículo 151, todos de la Ley de Hacienda del Municipio de Benito Juárez del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-31-275.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-198.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el importe del Rubro 6 Aprovechamientos de la tabla que describe los ingresos que percibirá el Estado de Quintana Roo en el ejercicio fiscal 2021 y se adiciona un párrafo primero a la tabla que describe los ingresos que percibirá el Estado de Quintana Roo en el ejercicio fiscal 2021, para quedar como artículo 1°; a la Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano David Armando Arguelles González, como integrante de la Comisión de Selección que nombrará al Comité de Participación Ciudadana del Sistema Anticorrupción del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-20</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-02-26-39.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción I y se adiciona un párrafo sexto a la fracción I del artículo 106 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se deroga el artículo séptimo transitorio de la Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2020, expedida por la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, mediante decreto número 015, publicado en el Periódico Oficial del Estado de Quintana Roo, en fecha 27 de diciembre del año 2019.</t>
+  </si>
+  <si>
+    <t>Por el que se declara: “XVI Legislatura del Estado Libre y Soberano de Quintana Roo. Primera Legislatura de la Paridad”.</t>
+  </si>
+  <si>
+    <t>2021-11-18</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-07-08-256.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-10-7.pdf</t>
+  </si>
+  <si>
+    <t>2021-10-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-01-16-36.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-23.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 43 y 156 del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman y adicionan diversas disposiciones de la Ley de Derechos del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-04-27</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Ciudadano Pedro Pablo Álvarez Vega, como Magistrado Supernumerario del Tribunal Superior de Justicia del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-03-98.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que la Honorable XVI Legislatura constitucional del Estado Libre y Soberano de Quintana Roo autoriza al Poder Ejecutivo del Estado de Quintana Roo, para que por conducto de las dependencias y entidad paraestatal de la administración pública del estado de Quintana Roo, que en el presente se indican, desarrolle el proyecto denominado “Puente Vehícular Nichupté” bajo el esquema de asociación público-privada.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-19-92.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-26-124.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-28-55.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-22-239.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se designa a las y a los Ciudadanos Marcos Basilio Vázquez, Carolina Mendoza Polanco, Edmundo Ortíz Romero y Margarita del Rosario Vázquez Barrios; al cargo de Consejeras y Consejeros del Consejo Consultivo del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-134.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-172.pdf</t>
+  </si>
+  <si>
+    <t>http://documentos.congresoqroo.gob.mx/decretos-pdo/PO-16-DIC-2021.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo primero del artículo 825 Bis, el párrafo primero del artículo 825 Quáter y el párrafo primero así como la fracción I del artículo 829, todos del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-208.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Coordinación Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-09-164.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-08-45.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se designan a los ciudadanos Luis Miguel García de Alba y Juan Ignacio Athié Lambarri, como integrantes de la Comisión de Selección que nombrará al Comité de Participación Ciudadana del Sistema Anticorrupción del estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2019-12-04</t>
+  </si>
+  <si>
+    <t>Por el que se apruebas las Tablas de valores unitarios de suelo y construcciones, que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria en el municipio de Benito Juarez, Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Prevención, Atención Integral y Control para el VIH del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-14-179.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Propiedad en Condominio de Inmuebles del Estado de Quintana Roo; se adiciona la fracción IX Del Artículo 429 del Código Civil para el Estado de Quintana Roo; y se reforma el párrafo séptimo del artículo 1o. del Código Fiscal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Hacienda del municipio de José María Morelos, del estado de Quintana Roo y por el que se reforma el artículo 1 de la Ley del Impuesto sobre Adquisición de Bienes Inmuebles de los Municipios del estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-19-93.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, otorga reconocimiento al Instituto Tecnológico de la Zona Maya del Estado de Quintana Roo, en conmemoración del 45° Aniversario de su fundación y en homenaje a la labor realizada por la ciudadanía que ejerció cátedra, y a las Alumnas y los Alumnos que recibieron los conocimientos desde su creación hasta la presente fecha, siempre en beneficio de la Zona Rural del Sur del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-10-19</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Felipe Carrillo Puerto, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>2021-12-14</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-17.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción I del artículo 2807 del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el Artículo Segundo Transitorio del Decreto Número 219, por el que se instituye la Medalla al Mérito Mujer Indígena Maya “María Petrona Uicab”, expedido por la H. XVI Legislatura del Estado Libre y Soberano de Quintana y publicado en el Periódico Oficial del Estado de fecha 08 de abril de 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-111.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-01-16-37.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma y derogan diversas disposiciones de la Ley de Hacienda del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-26-237.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-250.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-115.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-174.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-263.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan diversas disposiciones del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se que se reforman y adicionan diversas disposiciones a la Constitución Política del Estado Libre y Soberano de Quintana Roo, en materia de consolidación del Estado Abierto</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-29-57.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de los Derechos de las Personas Adultas Mayores del Estado de Quintana Roo, de la Ley del Instituto de Defensoría Pública del Estado de Quintana Roo y de la Ley de Movilidad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-21.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-05-42.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-10-6.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-31</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción V del artículo 89-Bis del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-07-08-258.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-200.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se instituye inscribir con letras doradas en el Muro de Honor del Salón de Sesiones del Recinto Oficial del Poder Legislativo del Estado Libre y Soberano de Quintana Roo, “2021, BICENTENARIO DE LA ARMADA DE MÉXICO”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-28-159.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Acceso de las Mujeres a una Vida Libre de Violencia del Estado de Quintana Roo, del Código Civil para el Estado de Quintana Roo, del Código Penal para el Estado Libre y Soberano de Quintana Roo y de la Ley de Asistencia y Prevención de la Violencia Familiar del Estado de Quintana Roo, en materia de violencia vicaria.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 54, 55, 56, 57 y 58; y se adicionan los artículos 55 bis y 55 ter, todos de la Ley de Hacienda del Municipio de Isla Mujeres del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-04-137.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Tulum, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>Por el que se reforman: el artículo 111, los párrafos primero y segundo del artículo 112, el párrafo primero del artículo 113 y el párrafo primero del artículo 114; y se adiciona un segundo párrafo al artículo 113, todos de la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide las Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria del Municipio de Tulum para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-209.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-30-227.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Isla Mujeres, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Benito Juárez, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman el párrafo sexto del artículo 94 y el párrafo tercero del apartado B del artículo 96 y se adicionan los párrafos cuarto y quinto al artículo 51 BIS, todos de la Constitución Política del Estado Libre y Soberano de Quintana Roo, en materia de Comparecencia de los Titulares de Los Órganos Públicos Autónomos a la Legislatura del Estado.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-203.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueban las Tablas de Valores Unitarios de Suelo y Construcciones que servirán de base para el cobro de las contribuciones sobre la propiedad inmobiliaria en el Municipio de Cozumel, Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-25.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-01-31-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Salud Mental del estado de Quintana Roo, y por el que reforma la fracción IV del apartado a del artículo 5 y se deroga el capítulo VII denominado “salud mental” comprendido por los artículos 66; 67; 67-a; 68; 69, y 70, del título tercero denominado “prestación de los servicios de salud” de la Ley de Salud del estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 56 de la Ley de Salud del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-207.pdf</t>
+  </si>
+  <si>
+    <t>2020-09-08</t>
+  </si>
+  <si>
+    <t>2020-11-04</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-128.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo primero del artículo 171 BIS del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se expide La Ley de Justicia Alternativa del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-193.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Pesca Responsable y Acuacultura para el Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Por el que se designa al Contador Público Gilberto Peña Cruz, como Titular de la Unidad de Vigilancia de la Comisión de Hacienda, Presupuesto y Cuenta de la Legislatura del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-03-13</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un párrafo último al artículo 160 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2020-12-18</t>
+  </si>
+  <si>
+    <t>2021-03-16</t>
+  </si>
+  <si>
+    <t>2022-09-07</t>
+  </si>
+  <si>
+    <t>Por el que se declara: “2021. Año del Maestro Normalista”.</t>
+  </si>
+  <si>
+    <t>Fe de erratas publicada en el Tomo III, número 178 extraordinario de la Novena Época</t>
+  </si>
+  <si>
+    <t>2022-08-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-186.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona la fracción XX al artículo 72 de la Ley de los Municipios del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-130.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-197.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se aprueba el Presupuesto de Egresos del Gobierno del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-87.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-03-217.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo aprueba el Informe General Ejecutivo relativo a la Fiscalización Superior de la Cuenta Pública para el ejercicio fiscal 2018 y emite las conclusiones y recomendaciones relativas a dicha fiscalización.</t>
+  </si>
+  <si>
+    <t>Por el que en cumplimiento a la ejecutoria de la sentencia del juicio de amparo numero 1505/2017-V, emitida por el Juzgado Segundo de Distrito del Estado de Quintana Roo, y en apego a las consideraciones del Primer Tribunal Colegiado del Vigésimo Septimo Circuito en el Amparo en revisión numero 371/2018, relativas a evitar alguna clase de defectos o excesos en el cumplimiento del fallo, se determina la reelección del Ciudadano Mario Alberto Aguilar Laguardia como Magistrado de numero del Tribunal Superior de Justicia del Estado de Quintana Roo, para un segundo periodo  de seis años.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-06-232.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-19-153.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-09-08-44.pdf</t>
+  </si>
+  <si>
+    <t>por el que se reforma el párrafo cuarto del numeral 6 de la fracción III y el párrafo quinto de la fracción V, y se deroga el párrafo tercero del numeral 6 de la fracción III, todos del artículo 49 de la Constitución Política del Estado Libre y Soberano de Quintana Roo; y se reforma el párrafo segundo del artículo 293 de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Se aprueba la reelección de la Ciudadana Verónica Gloria Acacio Trujillo, en el mismo cargo como Magistrada Numeraria del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 6 años que comprende del 17 de noviembre de 2022 al 16 de noviembre de 2028.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-29.pdf</t>
+  </si>
+  <si>
+    <t>2022-05-25</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Responsabilidad Ambiental del Estado de Quintana Roo; se reforman y adicionan diversas disposiciones de la Ley del Equilibrio Ecológico y la Protección al Ambiente del Estado de Quintana Roo; y se adiciona la fracción III al artículo 179 septies del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-02-16-96.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-02-62.pdf</t>
+  </si>
+  <si>
+    <t>Se designa a la Ciudadana Landy Beatriz Blanco Lizama, Comisionada de la Comisión Ejecutiva de Atención a Víctimas del Estado de Quintana Roo, por un período de tres años que comprende del 23 de agosto del año 2022 al 22 de agosto del año 2025.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-23-168.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-86.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-24-246.pdf</t>
+  </si>
+  <si>
+    <t>2021-11-30</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción III del Artículo 145-Bis y se adiciona el Artículo 145-Quáter del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-09-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-09-100.pdf</t>
+  </si>
+  <si>
+    <t>2021-06-15</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-251.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-24-245.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-08-218.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adicionan los párrafos tercero y cuarto al artículo segundo del Decreto Número 318 por el que se instituye la celebración del Parlamento de Mujeres de Quintana Roo, expedido por la XV Legislatura del Estado, publicado en el Periódico Oficial del Estado de Quintana Roo el veintiocho de mayo de dos mil diecinueve.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan, y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Lázaro Cárdenas, del estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Estado de Quintana Roo, para el ejercicio fiscal 2021.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman las fracciones VIII y IX del artículo 13 y la fracción V del artículo 23; y se adicionan las fracciones X y XI del artículo 13 y las fracciones VII, VIII, IX y X del artículo 23, todos de la Ley de Protección y Bienestar Animal del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman los artículos 108 y 111 de la Constitución Política de los Estados Unidos Mexicanos, en materia de fuero.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma la fracción II del artículo 2687 del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-76.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-14.pdf</t>
+  </si>
+  <si>
+    <t>2022-06-08</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-19-94.pdf</t>
+  </si>
+  <si>
+    <t>2022-07-28</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 43 de la Constitución Política de los Estados Unidos Mexicanos, referida a la porción normativa del nombre del Estado de Michoacán de Ocampo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el numeral tercero y el párrafo segundo del numeral sexto, ambos del artículo segundo del Decreto Número 296, emitido por la H. XII Legislatura del Estado, por el que se declara el 30 de julio, “Día Estatal de la Cultura Maya” y se instituye la Medalla al Mérito Indígena Maya “Cecilio Chi”, publicado en el Periódico Oficial del Estado de Quintana Roo, de fecha 02 de julio de 2010.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica de la Universidad de Quintana Roo</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo, del Reglamento para el Gobierno Interior de la Legislatura y del Reglamento de Comisiones del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-12-119.pdf</t>
+  </si>
+  <si>
+    <t>2020-01-03</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, ratifica por un término de veinte años la celebración del Contrato de Comodato entre el Municipio de Benito Juárez, Quintana Roo, y la Secretaría de Desarrollo Social del Gobierno del Estado de Quintana Roo, respecto del inmueble ubicado en la Avenida Leona Vicario, Supermanzana 259, Manzana 83, Lote 06, de la Ciudad de Cancún, Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2021-11-20</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-02-238.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Puerto Morelos, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>Por el que se reforman diversas disposiciones de la Constitución Política de los Estados Unidos Mexicanos, relativas al Poder Judicial de la Federación.</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, autoriza al Municipio de Puerto Morelos, Quintana Roo, a adquirir obligaciones relacionadas con la realización, bajo la figura de Asociación Público-Privada, del “Proyecto para el Desarrollo de un Sistema Integral de Eficiencia Energética y mejoramiento de la calidad del Servicio de Alumbrado Público, con cobertura en la totalidad de la zona urbana de la cabecera municipal y en las principales localidades del municipio, incluidas las zonas turísticas”.</t>
+  </si>
+  <si>
+    <t>Por el que se declara que el Centro de Conciliación Laboral del Estado de Quintana Roo, así como los Tribunales Laborales del Poder Judicial del Estado de Quintana Roo, entrarán en funciones el día 3 de noviembre de 2021.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman los párrafos segundo y tercero del artículo 129, se deroga la fracción II del articulo 128 y se adiciona el artículo 128 bis, del Código Penal para el Estado Libre y Soberano de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-02-23-215.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el párrafo primero, y se adicionan los párrafos tercero y cuarto al artículo 2842 del Código Civil para el Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-206.pdf</t>
+  </si>
+  <si>
+    <t>Por el que la Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba el otorgamiento de 71 Concesiones para la Prestación del Servicio Público de Transporte de Pasajeros en la Modalidad Ruletero y en Modalidad de Taxi Colectivo, con operación en la Ciudad de Cozumel, Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-29-150.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-14-68.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-02-63.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman los artículos 4o. y 73 de la Constitución Política de los Estados Unidos Mexicanos, en materia de juventud.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Benito Juarez, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Responsabilidad Patrimonial del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma  el ARTÍCULO CUARTO y se adiciona el ARTÍCULO CUARTO TRANSITORIO, del Decreto Número 270, por el que la Honorable XIV Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, instituye la Medalla al Mérito Médico “Dr. Jorge Ariel López Herrera”.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-81.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-268.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-204.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-25</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-11-03-59.pdf</t>
+  </si>
+  <si>
+    <t>2022-07-13</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-28-144.pdf</t>
+  </si>
+  <si>
+    <t>2021-12-22</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley de Entrega y Recepción de los Poderes Públicos, Ayuntamientos, Órganos Públicos Autónomos y de las Entidades de la Administración Pública Paraestatal del Estado Quintana Roo</t>
+  </si>
+  <si>
+    <t>2021-12-16</t>
+  </si>
+  <si>
+    <t>Se aprueba la reelección del Ciudadano Luis Gabino Medina Burgos, en el mismo cargo como Magistrado Numerario del Tribunal Superior de Justicia del Poder Judicial del Estado de Quintana Roo, para un período de 6 años que comprende del 17 de noviembre de 2022 al 16 de noviembre de 2028.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-03-241.pdf</t>
+  </si>
+  <si>
+    <t>2021-05-29</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-187.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Isla Mujeres, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-31.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-04-26-236.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-17-166.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona el articulo 148 bis a la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo y se reforma el artículo 100 del Reglamento para el Gobierno Interior de la Legislatura del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-260.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-31-277.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Benito Juárez, del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Lázaro Cárdenas, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-267.pdf</t>
+  </si>
+  <si>
+    <t>2022-06-10</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-09-28-145.pdf</t>
+  </si>
+  <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-30-226.pdf</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-115.pdf</t>
-[...8 lines deleted...]
-    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Pesca Responsable y Acuacultura para el Estado de Quintana Roo</t>
+    <t>Decreto por el que se designa el Centro Internacional de Negocios y Convenciones de la ciudad de Chetumal, capital del Estado de Quintana Roo, como Recinto Oficial distinto para la celebración de sesiones de la H. XVI Legislatura del Estado.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-09-51.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-202.pdf</t>
+  </si>
+  <si>
+    <t>2022-03-22</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-20.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-29-56.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-01-19-210.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-07-11-131.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-28.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-10-103.pdf</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-08-219.pdf</t>
   </si>
   <si>
-    <t>Por el que se reforma el artículo 222 de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo</t>
-[...8 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-07-08-258.pdf</t>
+    <t>Se designa a la Ciudadana Karla Noemí Cetz Estrella, como Titular del Órgano Interno de Control del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>2022-07-21</t>
+  </si>
+  <si>
+    <t>Por el que se reforman, derogan y adicionan diversas disposiciones de la Ley de Derechos del Estado de Quintana Roo.</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-05-25-123.pdf</t>
   </si>
   <si>
-    <t>2020-12-25</t>
-[...8 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-193.pdf</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-03-243.pdf</t>
+  </si>
+  <si>
+    <t>2021-09-14</t>
+  </si>
+  <si>
+    <t>Por el que se reforman la fracción XIX del artículo 8; las fracciones IV y V del artículo 26; el párrafo segundo del artículo 29; el párrafo último del artículo 30; la fracción XII del artículo 31; el artículo 69; el artículo 71; el párrafo primero del artículo 74; el párrafo primero del artículo 77; el artículo 98; el artículo 106; el párrafo primero del artículo 116; las fracciones II y IV del artículo 123 y el artículo 125 Bis de la Ley de Planeación para el Desarrollo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se reforma el artículo 32 de la Constitución Política del Estado Libre y Soberano de Quintana Roo, en materia educativa.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-03-30-228.pdf</t>
+  </si>
+  <si>
+    <t>2021-10-29</t>
+  </si>
+  <si>
+    <t>Por el que se abroga el Decreto Número 092 por el que la Honorable XVI Legislatura Constitucional del Estado Libre y Soberano de Quintana Roo, autoriza al Poder Ejecutivo del Estado de Quintana Roo, para que por conducto de las Dependencias y Entidad Paraestatal de la Administración Pública del Estado de Quintana Roo, que en el presente se indican, desarrolle el Proyecto denominado “Puente Vehicular Nichupté” bajo el esquema de Asociación Público-Privada, publicado en el Periódico Oficial del Estado de Quintana Roo en fecha 20 de diciembre de 2020.</t>
+  </si>
+  <si>
+    <t>2019-12-30</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-71.pdf</t>
   </si>
   <si>
     <t>Decreto por el que se adiciona una fracción X al apartado B del artículo 13 de la Constitución Política del Estado Libre y Soberano de Quintana Roo.</t>
   </si>
   <si>
-    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+    <t>Se designa al Ciudadano José Roberto Agundis Yerena, como Comisionado del Instituto de Acceso a la Información y Protección de Datos Personales de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Bacalar, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-11-27-3.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-11-17-61.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-190.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>Por el que La Honorable XVI Legislatura del Estado Libre y Soberano de Quintana Roo, aprueba el Informe General Ejecutivo relativo a la fiscalización superior de la Cuenta Pública para el Ejercicio Fiscal 2019 y emite las conclusiones y recomendaciones relativas a dicha fiscalización.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley del Periódico Oficial del Estado de Quintana Roo.</t>
   </si>
   <si>
     <t>Decreto por el que se designa al ciudadano Jesús Antonio Villalobos Carrillo, como Magistrado del Tribunal de Justicia Administrativa del Estado de Quintana Roo</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-173.pdf</t>
-[...65 lines deleted...]
-    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Instituciones y Procedimientos Electorales para el Estado de Quintana Roo, en materia de candidaturas comunes</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-248.pdf</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de Cozumel, del Estado de Quintana Roo, para el ejercicio fiscal 2022.</t>
+  </si>
+  <si>
+    <t>2021-04-15</t>
+  </si>
+  <si>
+    <t>2020-12-20</t>
+  </si>
+  <si>
+    <t>http://documentos.congresoqroo.gob.mx/decretos-pdo/PeriodicoOficial_EXTRAORDINARIO_2019-11-12.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se expide la Ley de Ingresos del Municipio de Solidaridad, del Estado de Quintana Roo, para el ejercicio fiscal 2020.</t>
+  </si>
+  <si>
+    <t>Por el que se reforma el artículo 43 de la Constitución Política de los Estados Unidos Mexicanos, referida a la porción normativa del nombre del Estado de Veracruz de Ignacio de la Llave.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-195.pdf</t>
+  </si>
+  <si>
+    <t>2021-04-07</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones del Código Penal para el Estado Libre y Soberano de Quintana Roo..</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-82.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley Orgánica de la Fiscalía General del Estado de Quintana Roo</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-13-109.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-31-252.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-10-29-58.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se adiciona un Artículo Quinto Transitorio al Decreto Número 68 expedido por la H. IV Legislatura del Estado de Quintana Roo, por el que se instituye la Medalla al Mérito Cívico “Lic. Andrés Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Por el que se designa al C. Bernardo Roberto Jiménez Duarte, como Titular del Órgano Interno de Control del Poder Legislativo del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-88.pdf</t>
+  </si>
+  <si>
+    <t>Por el que se instituye el tercer viernes del mes de mayo de cada año, como el “Día de la mujer empresaria del Estado de Quintana Roo”,</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-270.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-10-8.pdf</t>
   </si>
   <si>
     <t>Decreto por el que se designa al ciudadano José Gabriel Polanco Bueno, como titular del Órgano Interno de Control del Instituto Electoral de Quintana Roo.</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-12-15-189.pdf</t>
-[...11 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-08-23-268.pdf</t>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-08-65.pdf</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-11-27-2.pdf</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-04-20-113.pdf</t>
   </si>
   <si>
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2022-05-24-246.pdf</t>
-[...374 lines deleted...]
-    <t>Por el que se reforman, adicionan y derogan diversas disposiciones de la Ley del Notariado para el Estado de Quintana Roo y se reforma el Artículo Décimo Segundo Transitorio del Decreto Número 333 de la XV Legislatura del Estado, por el que se expide la Ley del Notariado para el Estado de Quintana Roo, publicado en el Periódico Oficial del Estado de Quintana Roo el 2 de julio del año 2019.</t>
+    <t>Por el que se reforman y adicionan diversas disposiciones de la Ley de Hacienda del Municipio de Solidaridad del Estado de Quintana Roo.</t>
+  </si>
+  <si>
+    <t>Decreto por el que se expide la Ley de Ingresos del Municipio de José María Morelos, del Estado de Quintana Roo, para el Ejercicio Fiscal 2021.</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2020-12-16-90.pdf</t>
   </si>
   <si>
-    <t>Por el que se adiciona el articulo 148 bis a la Ley Orgánica del Poder Legislativo del Estado de Quintana Roo y se reforma el artículo 100 del Reglamento para el Gobierno Interior de la Legislatura del Estado de Quintana Roo.</t>
-[...59 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2019-12-13-29.pdf</t>
+    <t>2022-08-26</t>
+  </si>
+  <si>
+    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-03-23-107.pdf</t>
   </si>
   <si>
     <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-10-05-176.pdf</t>
-  </si>
-[...1420 lines deleted...]
-    <t>https://documentos.congresoqroo.gob.mx/decretos/EXVI-2021-11-29-174.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
@@ -2400,4852 +2400,4852 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F282"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col collapsed="0" min="1" max="1" width="9.10"/>
     <col collapsed="0" min="2" max="2" width="9.10"/>
     <col collapsed="0" min="3" max="3" width="9.10"/>
     <col collapsed="0" min="4" max="4" width="9.10"/>
     <col collapsed="0" min="5" max="5" width="9.10"/>
     <col collapsed="0" min="6" max="6" width="9.10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s" s="1">
-        <v>567</v>
+        <v>84</v>
       </c>
       <c r="B1" t="s" s="1">
-        <v>626</v>
+        <v>182</v>
       </c>
       <c r="C1" t="s" s="1">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="D1" t="s" s="1">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="E1" t="s" s="1">
-        <v>428</v>
+        <v>144</v>
       </c>
       <c r="F1" t="s" s="1">
-        <v>371</v>
+        <v>49</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>597</v>
+        <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C2" t="n">
         <v>277</v>
       </c>
       <c r="D2" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="F2" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>580</v>
+        <v>525</v>
       </c>
       <c r="B3" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C3" t="n">
         <v>276</v>
       </c>
       <c r="D3" t="s">
-        <v>585</v>
+        <v>320</v>
       </c>
       <c r="F3" t="s">
-        <v>316</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>623</v>
+        <v>589</v>
       </c>
       <c r="B4" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C4" t="n">
         <v>275</v>
       </c>
       <c r="D4" t="s">
-        <v>378</v>
+        <v>397</v>
       </c>
       <c r="F4" t="s">
-        <v>316</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>420</v>
+        <v>9</v>
       </c>
       <c r="B5" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C5" t="n">
         <v>274</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>249</v>
       </c>
       <c r="F5" t="s">
-        <v>316</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>617</v>
+        <v>181</v>
       </c>
       <c r="B6" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C6" t="n">
         <v>273</v>
       </c>
       <c r="D6" t="s">
-        <v>608</v>
+        <v>225</v>
       </c>
       <c r="F6" t="s">
-        <v>316</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="B7" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C7" t="n">
         <v>272</v>
       </c>
       <c r="D7" t="s">
-        <v>622</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>323</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>142</v>
+        <v>228</v>
       </c>
       <c r="B8" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C8" t="n">
         <v>271</v>
       </c>
       <c r="D8" t="s">
-        <v>486</v>
+        <v>279</v>
       </c>
       <c r="F8" t="s">
-        <v>316</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>447</v>
+        <v>658</v>
       </c>
       <c r="B9" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C9" t="n">
         <v>270</v>
       </c>
       <c r="D9" t="s">
-        <v>129</v>
+        <v>659</v>
       </c>
       <c r="F9" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>468</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C10" t="n">
         <v>269</v>
       </c>
       <c r="D10" t="s">
-        <v>362</v>
+        <v>152</v>
       </c>
       <c r="F10" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>582</v>
+        <v>546</v>
       </c>
       <c r="B11" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C11" t="n">
         <v>268</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>580</v>
       </c>
       <c r="F11" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>228</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C12" t="n">
         <v>267</v>
       </c>
       <c r="D12" t="s">
-        <v>416</v>
+        <v>602</v>
       </c>
       <c r="F12" t="s">
-        <v>511</v>
+        <v>537</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>270</v>
+        <v>447</v>
       </c>
       <c r="B13" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C13" t="n">
         <v>266</v>
       </c>
       <c r="D13" t="s">
-        <v>382</v>
+        <v>370</v>
       </c>
       <c r="F13" t="s">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>210</v>
+        <v>51</v>
       </c>
       <c r="B14" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C14" t="n">
         <v>265</v>
       </c>
       <c r="D14" t="s">
-        <v>454</v>
+        <v>371</v>
       </c>
       <c r="F14" t="s">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>74</v>
+        <v>473</v>
       </c>
       <c r="B15" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C15" t="n">
         <v>264</v>
       </c>
       <c r="D15" t="s">
-        <v>206</v>
+        <v>127</v>
       </c>
       <c r="F15" t="s">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>353</v>
+        <v>382</v>
       </c>
       <c r="B16" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C16" t="n">
         <v>263</v>
       </c>
       <c r="D16" t="s">
-        <v>294</v>
+        <v>459</v>
       </c>
       <c r="F16" t="s">
-        <v>230</v>
+        <v>505</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>496</v>
+        <v>216</v>
       </c>
       <c r="B17" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C17" t="n">
         <v>262</v>
       </c>
       <c r="D17" t="s">
-        <v>554</v>
+        <v>90</v>
       </c>
       <c r="F17" t="s">
-        <v>108</v>
+        <v>255</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>187</v>
+        <v>571</v>
       </c>
       <c r="B18" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C18" t="n">
         <v>261</v>
       </c>
       <c r="D18" t="s">
-        <v>647</v>
+        <v>199</v>
       </c>
       <c r="F18" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B19" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C19" t="n">
         <v>260</v>
       </c>
       <c r="D19" t="s">
-        <v>556</v>
+        <v>598</v>
       </c>
       <c r="F19" t="s">
-        <v>244</v>
+        <v>348</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>387</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C20" t="n">
         <v>259</v>
       </c>
       <c r="D20" t="s">
-        <v>333</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
-        <v>244</v>
+        <v>348</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>652</v>
+        <v>627</v>
       </c>
       <c r="B21" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C21" t="n">
         <v>258</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>469</v>
       </c>
       <c r="F21" t="s">
-        <v>108</v>
+        <v>255</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>634</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C22" t="n">
         <v>257</v>
       </c>
       <c r="D22" t="s">
-        <v>667</v>
+        <v>241</v>
       </c>
       <c r="F22" t="s">
-        <v>323</v>
+        <v>618</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>3</v>
+        <v>275</v>
       </c>
       <c r="B23" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C23" t="n">
         <v>256</v>
       </c>
       <c r="D23" t="s">
-        <v>111</v>
+        <v>407</v>
       </c>
       <c r="F23" t="s">
-        <v>108</v>
+        <v>255</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>237</v>
+        <v>463</v>
       </c>
       <c r="B24" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C24" t="n">
         <v>255</v>
       </c>
       <c r="D24" t="s">
-        <v>513</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
-        <v>236</v>
+        <v>553</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>253</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C25" t="n">
         <v>254</v>
       </c>
       <c r="D25" t="s">
-        <v>354</v>
+        <v>271</v>
       </c>
       <c r="F25" t="s">
-        <v>552</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>425</v>
+        <v>290</v>
       </c>
       <c r="B26" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C26" t="n">
         <v>253</v>
       </c>
       <c r="D26" t="s">
-        <v>469</v>
+        <v>253</v>
       </c>
       <c r="F26" t="s">
-        <v>598</v>
+        <v>283</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>311</v>
+        <v>93</v>
       </c>
       <c r="B27" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C27" t="n">
         <v>252</v>
       </c>
       <c r="D27" t="s">
-        <v>427</v>
+        <v>653</v>
       </c>
       <c r="F27" t="s">
-        <v>598</v>
+        <v>283</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>331</v>
+        <v>213</v>
       </c>
       <c r="B28" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C28" t="n">
         <v>251</v>
       </c>
       <c r="D28" t="s">
-        <v>461</v>
+        <v>540</v>
       </c>
       <c r="F28" t="s">
-        <v>359</v>
+        <v>551</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>359</v>
       </c>
       <c r="B29" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C29" t="n">
         <v>250</v>
       </c>
       <c r="D29" t="s">
-        <v>640</v>
+        <v>455</v>
       </c>
       <c r="F29" t="s">
-        <v>359</v>
+        <v>551</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>69</v>
+        <v>293</v>
       </c>
       <c r="B30" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C30" t="n">
         <v>249</v>
       </c>
       <c r="D30" t="s">
-        <v>319</v>
+        <v>155</v>
       </c>
       <c r="F30" t="s">
-        <v>359</v>
+        <v>551</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="B31" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C31" t="n">
         <v>248</v>
       </c>
       <c r="D31" t="s">
-        <v>211</v>
+        <v>640</v>
       </c>
       <c r="F31" t="s">
-        <v>104</v>
+        <v>508</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>590</v>
+        <v>500</v>
       </c>
       <c r="B32" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C32" t="n">
         <v>247</v>
       </c>
       <c r="D32" t="s">
-        <v>441</v>
+        <v>272</v>
       </c>
       <c r="F32" t="s">
-        <v>385</v>
+        <v>321</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C33" t="n">
         <v>246</v>
       </c>
       <c r="D33" t="s">
-        <v>48</v>
+        <v>534</v>
       </c>
       <c r="F33" t="s">
-        <v>393</v>
+        <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>93</v>
+        <v>437</v>
       </c>
       <c r="B34" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C34" t="n">
         <v>245</v>
       </c>
       <c r="D34" t="s">
-        <v>377</v>
+        <v>541</v>
       </c>
       <c r="F34" t="s">
-        <v>218</v>
+        <v>584</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>638</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C35" t="n">
         <v>244</v>
       </c>
       <c r="D35" t="s">
-        <v>158</v>
+        <v>44</v>
       </c>
       <c r="F35" t="s">
-        <v>385</v>
+        <v>321</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>524</v>
+        <v>98</v>
       </c>
       <c r="B36" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C36" t="n">
         <v>243</v>
       </c>
       <c r="D36" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="F36" t="s">
-        <v>218</v>
+        <v>584</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>131</v>
+        <v>89</v>
       </c>
       <c r="B37" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C37" t="n">
         <v>242</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="F37" t="s">
-        <v>215</v>
+        <v>297</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C38" t="n">
         <v>241</v>
       </c>
       <c r="D38" t="s">
-        <v>340</v>
+        <v>590</v>
       </c>
       <c r="F38" t="s">
-        <v>215</v>
+        <v>297</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>462</v>
+        <v>484</v>
       </c>
       <c r="B39" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C39" t="n">
         <v>240</v>
       </c>
       <c r="D39" t="s">
-        <v>497</v>
+        <v>342</v>
       </c>
       <c r="F39" t="s">
-        <v>215</v>
+        <v>297</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>479</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C40" t="n">
         <v>239</v>
       </c>
       <c r="D40" t="s">
-        <v>555</v>
+        <v>423</v>
       </c>
       <c r="F40" t="s">
-        <v>78</v>
+        <v>603</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>448</v>
       </c>
       <c r="B41" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C41" t="n">
         <v>238</v>
       </c>
       <c r="D41" t="s">
-        <v>660</v>
+        <v>562</v>
       </c>
       <c r="F41" t="s">
-        <v>78</v>
+        <v>603</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>135</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C42" t="n">
         <v>237</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>454</v>
       </c>
       <c r="F42" t="s">
-        <v>429</v>
+        <v>527</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B43" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C43" t="n">
         <v>236</v>
       </c>
       <c r="D43" t="s">
-        <v>346</v>
+        <v>595</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>243</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>605</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C44" t="n">
         <v>235</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>124</v>
       </c>
       <c r="F44" t="s">
-        <v>429</v>
+        <v>527</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>370</v>
+        <v>242</v>
       </c>
       <c r="B45" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C45" t="n">
         <v>234</v>
       </c>
       <c r="D45" t="s">
-        <v>606</v>
+        <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>89</v>
+        <v>415</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>56</v>
+        <v>174</v>
       </c>
       <c r="B46" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C46" t="n">
         <v>233</v>
       </c>
       <c r="D46" t="s">
-        <v>662</v>
+        <v>136</v>
       </c>
       <c r="F46" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>643</v>
+        <v>416</v>
       </c>
       <c r="B47" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C47" t="n">
         <v>232</v>
       </c>
       <c r="D47" t="s">
-        <v>558</v>
+        <v>521</v>
       </c>
       <c r="F47" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="B48" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C48" t="n">
         <v>231</v>
       </c>
       <c r="D48" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="F48" t="s">
-        <v>505</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>539</v>
+        <v>298</v>
       </c>
       <c r="B49" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C49" t="n">
         <v>230</v>
       </c>
       <c r="D49" t="s">
-        <v>301</v>
+        <v>341</v>
       </c>
       <c r="F49" t="s">
-        <v>89</v>
+        <v>415</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>570</v>
+        <v>528</v>
       </c>
       <c r="B50" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C50" t="n">
         <v>229</v>
       </c>
       <c r="D50" t="s">
-        <v>632</v>
+        <v>2</v>
       </c>
       <c r="F50" t="s">
-        <v>505</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>287</v>
+        <v>656</v>
       </c>
       <c r="B51" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C51" t="n">
         <v>228</v>
       </c>
       <c r="D51" t="s">
-        <v>356</v>
+        <v>625</v>
       </c>
       <c r="F51" t="s">
-        <v>665</v>
+        <v>390</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>419</v>
+        <v>386</v>
       </c>
       <c r="B52" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C52" t="n">
         <v>227</v>
       </c>
       <c r="D52" t="s">
-        <v>60</v>
+        <v>481</v>
       </c>
       <c r="F52" t="s">
-        <v>429</v>
+        <v>527</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>618</v>
+        <v>343</v>
       </c>
       <c r="B53" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C53" t="n">
         <v>226</v>
       </c>
       <c r="D53" t="s">
-        <v>0</v>
+        <v>605</v>
       </c>
       <c r="F53" t="s">
-        <v>359</v>
+        <v>551</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>473</v>
+        <v>294</v>
       </c>
       <c r="B54" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C54" t="n">
         <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>399</v>
+        <v>303</v>
       </c>
       <c r="F54" t="s">
-        <v>359</v>
+        <v>551</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>162</v>
+        <v>587</v>
       </c>
       <c r="B55" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C55" t="n">
         <v>224</v>
       </c>
       <c r="D55" t="s">
-        <v>283</v>
+        <v>204</v>
       </c>
       <c r="F55" t="s">
-        <v>159</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B56" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C56" t="n">
         <v>223</v>
       </c>
       <c r="D56" t="s">
-        <v>199</v>
+        <v>313</v>
       </c>
       <c r="F56" t="s">
-        <v>159</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>452</v>
+        <v>556</v>
       </c>
       <c r="B57" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C57" t="n">
         <v>222</v>
       </c>
       <c r="D57" t="s">
-        <v>445</v>
+        <v>394</v>
       </c>
       <c r="F57" t="s">
-        <v>474</v>
+        <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>276</v>
+        <v>388</v>
       </c>
       <c r="B58" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C58" t="n">
         <v>221</v>
       </c>
       <c r="D58" t="s">
-        <v>655</v>
+        <v>301</v>
       </c>
       <c r="F58" t="s">
-        <v>552</v>
+        <v>123</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>4</v>
+        <v>499</v>
       </c>
       <c r="B59" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C59" t="n">
         <v>220</v>
       </c>
       <c r="D59" t="s">
-        <v>339</v>
+        <v>74</v>
       </c>
       <c r="F59" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>411</v>
+        <v>337</v>
       </c>
       <c r="B60" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C60" t="n">
         <v>219</v>
       </c>
       <c r="D60" t="s">
-        <v>5</v>
+        <v>616</v>
       </c>
       <c r="F60" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="B61" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C61" t="n">
         <v>218</v>
       </c>
       <c r="D61" t="s">
-        <v>372</v>
+        <v>542</v>
       </c>
       <c r="F61" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="B62" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C62" t="n">
         <v>217</v>
       </c>
       <c r="D62" t="s">
-        <v>642</v>
+        <v>517</v>
       </c>
       <c r="F62" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>465</v>
+        <v>364</v>
       </c>
       <c r="B63" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C63" t="n">
         <v>216</v>
       </c>
       <c r="D63" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="F63" t="s">
-        <v>225</v>
+        <v>609</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>266</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C64" t="n">
         <v>215</v>
       </c>
       <c r="D64" t="s">
-        <v>212</v>
+        <v>568</v>
       </c>
       <c r="F64" t="s">
-        <v>57</v>
+        <v>401</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>368</v>
+        <v>22</v>
       </c>
       <c r="B65" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C65" t="n">
         <v>214</v>
       </c>
       <c r="D65" t="s">
-        <v>475</v>
+        <v>95</v>
       </c>
       <c r="F65" t="s">
-        <v>225</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>308</v>
+        <v>4</v>
       </c>
       <c r="B66" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C66" t="n">
         <v>213</v>
       </c>
       <c r="D66" t="s">
-        <v>514</v>
+        <v>132</v>
       </c>
       <c r="F66" t="s">
-        <v>281</v>
+        <v>477</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>471</v>
+        <v>19</v>
       </c>
       <c r="B67" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C67" t="n">
         <v>212</v>
       </c>
       <c r="D67" t="s">
-        <v>309</v>
+        <v>129</v>
       </c>
       <c r="F67" t="s">
-        <v>380</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>400</v>
+        <v>137</v>
       </c>
       <c r="B68" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C68" t="n">
         <v>211</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>187</v>
       </c>
       <c r="F68" t="s">
-        <v>233</v>
+        <v>334</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>17</v>
+        <v>639</v>
       </c>
       <c r="B69" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C69" t="n">
         <v>210</v>
       </c>
       <c r="D69" t="s">
-        <v>364</v>
+        <v>612</v>
       </c>
       <c r="F69" t="s">
-        <v>233</v>
+        <v>334</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>395</v>
+        <v>282</v>
       </c>
       <c r="B70" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C70" t="n">
         <v>209</v>
       </c>
       <c r="D70" t="s">
-        <v>433</v>
+        <v>480</v>
       </c>
       <c r="F70" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>171</v>
+        <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C71" t="n">
         <v>208</v>
       </c>
       <c r="D71" t="s">
-        <v>492</v>
+        <v>429</v>
       </c>
       <c r="F71" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>317</v>
+        <v>210</v>
       </c>
       <c r="B72" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C72" t="n">
         <v>207</v>
       </c>
       <c r="D72" t="s">
-        <v>285</v>
+        <v>491</v>
       </c>
       <c r="F72" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>559</v>
+        <v>482</v>
       </c>
       <c r="B73" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C73" t="n">
         <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>22</v>
+        <v>570</v>
       </c>
       <c r="F73" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>645</v>
+        <v>339</v>
       </c>
       <c r="B74" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C74" t="n">
         <v>205</v>
       </c>
       <c r="D74" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="F74" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>217</v>
+        <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C75" t="n">
         <v>204</v>
       </c>
       <c r="D75" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="F75" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>238</v>
+        <v>6</v>
       </c>
       <c r="B76" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C76" t="n">
         <v>203</v>
       </c>
       <c r="D76" t="s">
-        <v>70</v>
+        <v>485</v>
       </c>
       <c r="F76" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>273</v>
+        <v>456</v>
       </c>
       <c r="B77" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C77" t="n">
         <v>202</v>
       </c>
       <c r="D77" t="s">
-        <v>519</v>
+        <v>608</v>
       </c>
       <c r="F77" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>477</v>
+        <v>14</v>
       </c>
       <c r="B78" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C78" t="n">
         <v>201</v>
       </c>
       <c r="D78" t="s">
-        <v>384</v>
+        <v>34</v>
       </c>
       <c r="F78" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>455</v>
+        <v>369</v>
       </c>
       <c r="B79" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C79" t="n">
         <v>200</v>
       </c>
       <c r="D79" t="s">
-        <v>491</v>
+        <v>470</v>
       </c>
       <c r="F79" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>193</v>
+        <v>151</v>
       </c>
       <c r="B80" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C80" t="n">
         <v>199</v>
       </c>
       <c r="D80" t="s">
-        <v>274</v>
+        <v>184</v>
       </c>
       <c r="F80" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B81" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C81" t="n">
         <v>198</v>
       </c>
       <c r="D81" t="s">
-        <v>341</v>
+        <v>398</v>
       </c>
       <c r="F81" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>54</v>
+        <v>641</v>
       </c>
       <c r="B82" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C82" t="n">
         <v>197</v>
       </c>
       <c r="D82" t="s">
-        <v>245</v>
+        <v>514</v>
       </c>
       <c r="F82" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="B83" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C83" t="n">
         <v>196</v>
       </c>
       <c r="D83" t="s">
-        <v>127</v>
+        <v>154</v>
       </c>
       <c r="F83" t="s">
-        <v>651</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>627</v>
+        <v>600</v>
       </c>
       <c r="B84" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C84" t="n">
         <v>195</v>
       </c>
       <c r="D84" t="s">
-        <v>243</v>
+        <v>647</v>
       </c>
       <c r="F84" t="s">
-        <v>651</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>350</v>
+        <v>494</v>
       </c>
       <c r="B85" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C85" t="n">
         <v>194</v>
       </c>
       <c r="D85" t="s">
-        <v>347</v>
+        <v>169</v>
       </c>
       <c r="F85" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="B86" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C86" t="n">
         <v>193</v>
       </c>
       <c r="D86" t="s">
-        <v>14</v>
+        <v>498</v>
       </c>
       <c r="F86" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>264</v>
+        <v>316</v>
       </c>
       <c r="B87" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C87" t="n">
         <v>192</v>
       </c>
       <c r="D87" t="s">
-        <v>291</v>
+        <v>108</v>
       </c>
       <c r="F87" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>63</v>
+        <v>173</v>
       </c>
       <c r="B88" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C88" t="n">
         <v>191</v>
       </c>
       <c r="D88" t="s">
-        <v>248</v>
+        <v>345</v>
       </c>
       <c r="F88" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>373</v>
+        <v>317</v>
       </c>
       <c r="B89" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C89" t="n">
         <v>190</v>
       </c>
       <c r="D89" t="s">
-        <v>164</v>
+        <v>635</v>
       </c>
       <c r="F89" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>59</v>
+        <v>357</v>
       </c>
       <c r="B90" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C90" t="n">
         <v>189</v>
       </c>
       <c r="D90" t="s">
-        <v>42</v>
+        <v>372</v>
       </c>
       <c r="F90" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>415</v>
+        <v>453</v>
       </c>
       <c r="B91" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C91" t="n">
         <v>188</v>
       </c>
       <c r="D91" t="s">
-        <v>53</v>
+        <v>157</v>
       </c>
       <c r="F91" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>297</v>
+        <v>170</v>
       </c>
       <c r="B92" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C92" t="n">
         <v>187</v>
       </c>
       <c r="D92" t="s">
-        <v>351</v>
+        <v>592</v>
       </c>
       <c r="F92" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>45</v>
+        <v>258</v>
       </c>
       <c r="B93" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C93" t="n">
         <v>186</v>
       </c>
       <c r="D93" t="s">
-        <v>587</v>
+        <v>509</v>
       </c>
       <c r="F93" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>571</v>
+        <v>349</v>
       </c>
       <c r="B94" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C94" t="n">
         <v>185</v>
       </c>
       <c r="D94" t="s">
-        <v>258</v>
+        <v>305</v>
       </c>
       <c r="F94" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>563</v>
+        <v>619</v>
       </c>
       <c r="B95" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C95" t="n">
         <v>184</v>
       </c>
       <c r="D95" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="F95" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>15</v>
+        <v>630</v>
       </c>
       <c r="B96" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C96" t="n">
         <v>183</v>
       </c>
       <c r="D96" t="s">
-        <v>512</v>
+        <v>189</v>
       </c>
       <c r="F96" t="s">
-        <v>406</v>
+        <v>194</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>223</v>
+        <v>71</v>
       </c>
       <c r="B97" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C97" t="n">
         <v>182</v>
       </c>
       <c r="D97" t="s">
-        <v>292</v>
+        <v>177</v>
       </c>
       <c r="F97" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B98" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C98" t="n">
         <v>181</v>
       </c>
       <c r="D98" t="s">
-        <v>252</v>
+        <v>346</v>
       </c>
       <c r="F98" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>402</v>
+        <v>363</v>
       </c>
       <c r="B99" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C99" t="n">
         <v>180</v>
       </c>
       <c r="D99" t="s">
-        <v>99</v>
+        <v>287</v>
       </c>
       <c r="F99" t="s">
-        <v>375</v>
+        <v>586</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>96</v>
+        <v>235</v>
       </c>
       <c r="B100" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C100" t="n">
         <v>179</v>
       </c>
       <c r="D100" t="s">
-        <v>87</v>
+        <v>438</v>
       </c>
       <c r="F100" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>620</v>
+        <v>291</v>
       </c>
       <c r="B101" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C101" t="n">
         <v>178</v>
       </c>
       <c r="D101" t="s">
-        <v>365</v>
+        <v>311</v>
       </c>
       <c r="F101" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>621</v>
+        <v>260</v>
       </c>
       <c r="B102" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C102" t="n">
         <v>177</v>
       </c>
       <c r="D102" t="s">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="F102" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>30</v>
+        <v>624</v>
       </c>
       <c r="B103" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C103" t="n">
         <v>176</v>
       </c>
       <c r="D103" t="s">
-        <v>196</v>
+        <v>670</v>
       </c>
       <c r="F103" t="s">
-        <v>482</v>
+        <v>588</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>357</v>
+        <v>304</v>
       </c>
       <c r="B104" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C104" t="n">
         <v>175</v>
       </c>
       <c r="D104" t="s">
-        <v>631</v>
+        <v>43</v>
       </c>
       <c r="F104" t="s">
-        <v>482</v>
+        <v>588</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>140</v>
+        <v>510</v>
       </c>
       <c r="B105" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C105" t="n">
         <v>174</v>
       </c>
       <c r="D105" t="s">
-        <v>670</v>
+        <v>458</v>
       </c>
       <c r="F105" t="s">
-        <v>130</v>
+        <v>445</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>459</v>
+        <v>617</v>
       </c>
       <c r="B106" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C106" t="n">
         <v>173</v>
       </c>
       <c r="D106" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="F106" t="s">
-        <v>130</v>
+        <v>445</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>221</v>
+        <v>269</v>
       </c>
       <c r="B107" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C107" t="n">
         <v>172</v>
       </c>
       <c r="D107" t="s">
-        <v>663</v>
+        <v>426</v>
       </c>
       <c r="F107" t="s">
-        <v>409</v>
+        <v>142</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>269</v>
+        <v>103</v>
       </c>
       <c r="B108" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C108" t="n">
         <v>171</v>
       </c>
       <c r="D108" t="s">
-        <v>348</v>
+        <v>54</v>
       </c>
       <c r="F108" t="s">
-        <v>609</v>
+        <v>322</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>310</v>
+        <v>631</v>
       </c>
       <c r="B109" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C109" t="n">
         <v>170</v>
       </c>
       <c r="D109" t="s">
-        <v>312</v>
+        <v>149</v>
       </c>
       <c r="F109" t="s">
-        <v>130</v>
+        <v>445</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>588</v>
+        <v>284</v>
       </c>
       <c r="B110" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C110" t="n">
         <v>169</v>
       </c>
       <c r="D110" t="s">
-        <v>523</v>
+        <v>395</v>
       </c>
       <c r="F110" t="s">
-        <v>403</v>
+        <v>87</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>629</v>
+        <v>208</v>
       </c>
       <c r="B111" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C111" t="n">
         <v>168</v>
       </c>
       <c r="D111" t="s">
-        <v>656</v>
+        <v>532</v>
       </c>
       <c r="F111" t="s">
-        <v>403</v>
+        <v>87</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>324</v>
+        <v>122</v>
       </c>
       <c r="B112" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C112" t="n">
         <v>167</v>
       </c>
       <c r="D112" t="s">
-        <v>147</v>
+        <v>230</v>
       </c>
       <c r="F112" t="s">
-        <v>403</v>
+        <v>87</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="B113" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C113" t="n">
         <v>166</v>
       </c>
       <c r="D113" t="s">
-        <v>531</v>
+        <v>596</v>
       </c>
       <c r="F113" t="s">
-        <v>247</v>
+        <v>561</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>533</v>
+        <v>300</v>
       </c>
       <c r="B114" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C114" t="n">
         <v>165</v>
       </c>
       <c r="D114" t="s">
-        <v>194</v>
+        <v>60</v>
       </c>
       <c r="E114" t="s">
-        <v>566</v>
+        <v>427</v>
       </c>
       <c r="F114" t="s">
-        <v>482</v>
+        <v>588</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>565</v>
+        <v>134</v>
       </c>
       <c r="B115" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C115" t="n">
         <v>164</v>
       </c>
       <c r="D115" t="s">
-        <v>661</v>
+        <v>431</v>
       </c>
       <c r="F115" t="s">
-        <v>282</v>
+        <v>188</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>302</v>
+        <v>442</v>
       </c>
       <c r="B116" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C116" t="n">
         <v>163</v>
       </c>
       <c r="D116" t="s">
-        <v>110</v>
+        <v>146</v>
       </c>
       <c r="F116" t="s">
-        <v>407</v>
+        <v>535</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>186</v>
+        <v>261</v>
       </c>
       <c r="B117" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C117" t="n">
         <v>162</v>
       </c>
       <c r="D117" t="s">
-        <v>267</v>
+        <v>75</v>
       </c>
       <c r="F117" t="s">
-        <v>407</v>
+        <v>535</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>460</v>
+        <v>543</v>
       </c>
       <c r="B118" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C118" t="n">
         <v>161</v>
       </c>
       <c r="D118" t="s">
-        <v>2</v>
+        <v>62</v>
       </c>
       <c r="F118" t="s">
-        <v>407</v>
+        <v>535</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>334</v>
+        <v>42</v>
       </c>
       <c r="B119" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C119" t="n">
         <v>160</v>
       </c>
       <c r="D119" t="s">
-        <v>579</v>
+        <v>315</v>
       </c>
       <c r="F119" t="s">
-        <v>277</v>
+        <v>626</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>259</v>
+        <v>135</v>
       </c>
       <c r="B120" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C120" t="n">
         <v>159</v>
       </c>
       <c r="D120" t="s">
-        <v>541</v>
+        <v>472</v>
       </c>
       <c r="F120" t="s">
-        <v>277</v>
+        <v>626</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>120</v>
+        <v>637</v>
       </c>
       <c r="B121" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C121" t="n">
         <v>158</v>
       </c>
       <c r="D121" t="s">
-        <v>624</v>
+        <v>383</v>
       </c>
       <c r="F121" t="s">
-        <v>535</v>
+        <v>391</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>589</v>
+        <v>548</v>
       </c>
       <c r="B122" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C122" t="n">
         <v>157</v>
       </c>
       <c r="D122" t="s">
-        <v>499</v>
+        <v>183</v>
       </c>
       <c r="F122" t="s">
-        <v>535</v>
+        <v>391</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>295</v>
+        <v>439</v>
       </c>
       <c r="B123" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C123" t="n">
         <v>156</v>
       </c>
       <c r="D123" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="F123" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B124" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C124" t="n">
         <v>155</v>
       </c>
       <c r="D124" t="s">
-        <v>484</v>
+        <v>387</v>
       </c>
       <c r="F124" t="s">
-        <v>535</v>
+        <v>391</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>532</v>
+        <v>32</v>
       </c>
       <c r="B125" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C125" t="n">
         <v>154</v>
       </c>
       <c r="D125" t="s">
-        <v>633</v>
+        <v>206</v>
       </c>
       <c r="F125" t="s">
-        <v>229</v>
+        <v>406</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>139</v>
+        <v>67</v>
       </c>
       <c r="B126" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C126" t="n">
         <v>153</v>
       </c>
       <c r="D126" t="s">
-        <v>239</v>
+        <v>522</v>
       </c>
       <c r="F126" t="s">
-        <v>403</v>
+        <v>87</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>534</v>
+        <v>566</v>
       </c>
       <c r="B127" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C127" t="n">
         <v>152</v>
       </c>
       <c r="D127" t="s">
-        <v>271</v>
+        <v>25</v>
       </c>
       <c r="F127" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>355</v>
+        <v>524</v>
       </c>
       <c r="B128" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C128" t="n">
         <v>151</v>
       </c>
       <c r="D128" t="s">
-        <v>261</v>
+        <v>35</v>
       </c>
       <c r="F128" t="s">
-        <v>383</v>
+        <v>72</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>6</v>
+        <v>63</v>
       </c>
       <c r="B129" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C129" t="n">
         <v>150</v>
       </c>
       <c r="D129" t="s">
-        <v>157</v>
+        <v>572</v>
       </c>
       <c r="F129" t="s">
-        <v>383</v>
+        <v>72</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>205</v>
+        <v>560</v>
       </c>
       <c r="B130" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C130" t="n">
         <v>149</v>
       </c>
       <c r="D130" t="s">
-        <v>180</v>
+        <v>332</v>
       </c>
       <c r="F130" t="s">
-        <v>231</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>314</v>
+        <v>557</v>
       </c>
       <c r="B131" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C131" t="n">
         <v>148</v>
       </c>
       <c r="D131" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="F131" t="s">
-        <v>349</v>
+        <v>143</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>444</v>
+        <v>162</v>
       </c>
       <c r="B132" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C132" t="n">
         <v>147</v>
       </c>
       <c r="D132" t="s">
-        <v>611</v>
+        <v>193</v>
       </c>
       <c r="F132" t="s">
-        <v>383</v>
+        <v>72</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>522</v>
+        <v>158</v>
       </c>
       <c r="B133" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C133" t="n">
         <v>146</v>
       </c>
       <c r="D133" t="s">
-        <v>33</v>
+        <v>384</v>
       </c>
       <c r="F133" t="s">
-        <v>503</v>
+        <v>198</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>581</v>
+        <v>428</v>
       </c>
       <c r="B134" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C134" t="n">
         <v>145</v>
       </c>
       <c r="D134" t="s">
-        <v>105</v>
+        <v>604</v>
       </c>
       <c r="F134" t="s">
-        <v>503</v>
+        <v>198</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>619</v>
+        <v>326</v>
       </c>
       <c r="B135" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C135" t="n">
         <v>144</v>
       </c>
       <c r="D135" t="s">
-        <v>177</v>
+        <v>585</v>
       </c>
       <c r="F135" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="B136" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C136" t="n">
         <v>143</v>
       </c>
       <c r="D136" t="s">
-        <v>24</v>
+        <v>212</v>
       </c>
       <c r="F136" t="s">
-        <v>503</v>
+        <v>198</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>392</v>
+        <v>651</v>
       </c>
       <c r="B137" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C137" t="n">
         <v>142</v>
       </c>
       <c r="D137" t="s">
-        <v>560</v>
+        <v>239</v>
       </c>
       <c r="F137" t="s">
-        <v>503</v>
+        <v>198</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>188</v>
+        <v>112</v>
       </c>
       <c r="B138" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C138" t="n">
         <v>141</v>
       </c>
       <c r="D138" t="s">
-        <v>268</v>
+        <v>81</v>
       </c>
       <c r="F138" t="s">
-        <v>148</v>
+        <v>443</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>325</v>
+        <v>57</v>
       </c>
       <c r="B139" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C139" t="n">
         <v>140</v>
       </c>
       <c r="D139" t="s">
-        <v>401</v>
+        <v>276</v>
       </c>
       <c r="F139" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B140" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C140" t="n">
         <v>139</v>
       </c>
       <c r="D140" t="s">
-        <v>625</v>
+        <v>392</v>
       </c>
       <c r="F140" t="s">
-        <v>383</v>
+        <v>72</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>358</v>
+        <v>468</v>
       </c>
       <c r="B141" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C141" t="n">
         <v>138</v>
       </c>
       <c r="D141" t="s">
-        <v>404</v>
+        <v>79</v>
       </c>
       <c r="F141" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>604</v>
+        <v>490</v>
       </c>
       <c r="B142" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C142" t="n">
         <v>137</v>
       </c>
       <c r="D142" t="s">
-        <v>137</v>
+        <v>475</v>
       </c>
       <c r="F142" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>422</v>
+        <v>107</v>
       </c>
       <c r="B143" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C143" t="n">
         <v>136</v>
       </c>
       <c r="D143" t="s">
-        <v>181</v>
+        <v>117</v>
       </c>
       <c r="F143" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B144" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C144" t="n">
         <v>135</v>
       </c>
       <c r="D144" t="s">
-        <v>165</v>
+        <v>244</v>
       </c>
       <c r="F144" t="s">
-        <v>573</v>
+        <v>409</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>71</v>
+        <v>403</v>
       </c>
       <c r="B145" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C145" t="n">
         <v>134</v>
       </c>
       <c r="D145" t="s">
-        <v>201</v>
+        <v>425</v>
       </c>
       <c r="F145" t="s">
-        <v>204</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>490</v>
+        <v>368</v>
       </c>
       <c r="B146" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C146" t="n">
         <v>133</v>
       </c>
       <c r="D146" t="s">
-        <v>547</v>
+        <v>360</v>
       </c>
       <c r="F146" t="s">
-        <v>128</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>472</v>
+        <v>83</v>
       </c>
       <c r="B147" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C147" t="n">
         <v>132</v>
       </c>
       <c r="D147" t="s">
-        <v>457</v>
+        <v>99</v>
       </c>
       <c r="F147" t="s">
-        <v>542</v>
+        <v>365</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="B148" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C148" t="n">
         <v>131</v>
       </c>
       <c r="D148" t="s">
-        <v>169</v>
+        <v>613</v>
       </c>
       <c r="F148" t="s">
-        <v>525</v>
+        <v>622</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>614</v>
+        <v>497</v>
       </c>
       <c r="B149" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C149" t="n">
         <v>130</v>
       </c>
       <c r="D149" t="s">
-        <v>255</v>
+        <v>511</v>
       </c>
       <c r="F149" t="s">
-        <v>421</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>272</v>
+        <v>569</v>
       </c>
       <c r="B150" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C150" t="n">
         <v>129</v>
       </c>
       <c r="D150" t="s">
-        <v>578</v>
+        <v>236</v>
       </c>
       <c r="F150" t="s">
-        <v>363</v>
+        <v>55</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>202</v>
+        <v>413</v>
       </c>
       <c r="B151" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C151" t="n">
         <v>128</v>
       </c>
       <c r="D151" t="s">
-        <v>423</v>
+        <v>495</v>
       </c>
       <c r="F151" t="s">
-        <v>573</v>
+        <v>409</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>574</v>
+        <v>218</v>
       </c>
       <c r="B152" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C152" t="n">
         <v>127</v>
       </c>
       <c r="D152" t="s">
-        <v>550</v>
+        <v>246</v>
       </c>
       <c r="F152" t="s">
-        <v>573</v>
+        <v>409</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>257</v>
+        <v>91</v>
       </c>
       <c r="B153" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C153" t="n">
         <v>126</v>
       </c>
       <c r="D153" t="s">
-        <v>391</v>
+        <v>256</v>
       </c>
       <c r="F153" t="s">
-        <v>500</v>
+        <v>238</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>278</v>
+        <v>40</v>
       </c>
       <c r="B154" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C154" t="n">
         <v>125</v>
       </c>
       <c r="D154" t="s">
-        <v>303</v>
+        <v>147</v>
       </c>
       <c r="F154" t="s">
-        <v>561</v>
+        <v>289</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B155" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C155" t="n">
         <v>124</v>
       </c>
       <c r="D155" t="s">
-        <v>599</v>
+        <v>421</v>
       </c>
       <c r="F155" t="s">
-        <v>561</v>
+        <v>289</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>360</v>
+        <v>231</v>
       </c>
       <c r="B156" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C156" t="n">
         <v>123</v>
       </c>
       <c r="D156" t="s">
-        <v>10</v>
+        <v>620</v>
       </c>
       <c r="F156" t="s">
-        <v>561</v>
+        <v>289</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>466</v>
+        <v>168</v>
       </c>
       <c r="B157" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C157" t="n">
         <v>122</v>
       </c>
       <c r="D157" t="s">
-        <v>304</v>
+        <v>26</v>
       </c>
       <c r="F157" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>335</v>
+        <v>496</v>
       </c>
       <c r="B158" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C158" t="n">
         <v>121</v>
       </c>
       <c r="D158" t="s">
-        <v>549</v>
+        <v>201</v>
       </c>
       <c r="F158" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>494</v>
+        <v>536</v>
       </c>
       <c r="B159" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C159" t="n">
         <v>120</v>
       </c>
       <c r="D159" t="s">
-        <v>293</v>
+        <v>220</v>
       </c>
       <c r="F159" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>576</v>
+        <v>329</v>
       </c>
       <c r="B160" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C160" t="n">
         <v>119</v>
       </c>
       <c r="D160" t="s">
-        <v>43</v>
+        <v>558</v>
       </c>
       <c r="F160" t="s">
-        <v>424</v>
+        <v>385</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>330</v>
+        <v>399</v>
       </c>
       <c r="B161" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C161" t="n">
         <v>118</v>
       </c>
       <c r="D161" t="s">
-        <v>562</v>
+        <v>340</v>
       </c>
       <c r="F161" t="s">
-        <v>337</v>
+        <v>539</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>290</v>
+        <v>396</v>
       </c>
       <c r="B162" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C162" t="n">
         <v>117</v>
       </c>
       <c r="D162" t="s">
-        <v>72</v>
+        <v>192</v>
       </c>
       <c r="F162" t="s">
-        <v>337</v>
+        <v>539</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>635</v>
+        <v>381</v>
       </c>
       <c r="B163" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C163" t="n">
         <v>116</v>
       </c>
       <c r="D163" t="s">
-        <v>262</v>
+        <v>361</v>
       </c>
       <c r="F163" t="s">
-        <v>337</v>
+        <v>539</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>107</v>
+        <v>379</v>
       </c>
       <c r="B164" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C164" t="n">
         <v>115</v>
       </c>
       <c r="D164" t="s">
-        <v>1</v>
+        <v>457</v>
       </c>
       <c r="F164" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>109</v>
+        <v>554</v>
       </c>
       <c r="B165" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C165" t="n">
         <v>114</v>
       </c>
       <c r="D165" t="s">
-        <v>76</v>
+        <v>145</v>
       </c>
       <c r="F165" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>167</v>
+        <v>646</v>
       </c>
       <c r="B166" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C166" t="n">
         <v>113</v>
       </c>
       <c r="D166" t="s">
-        <v>47</v>
+        <v>664</v>
       </c>
       <c r="F166" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="B167" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C167" t="n">
         <v>112</v>
       </c>
       <c r="D167" t="s">
-        <v>413</v>
+        <v>281</v>
       </c>
       <c r="F167" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>553</v>
+        <v>172</v>
       </c>
       <c r="B168" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C168" t="n">
         <v>111</v>
       </c>
       <c r="D168" t="s">
-        <v>176</v>
+        <v>451</v>
       </c>
       <c r="F168" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>327</v>
+        <v>351</v>
       </c>
       <c r="B169" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C169" t="n">
         <v>110</v>
       </c>
       <c r="D169" t="s">
-        <v>305</v>
+        <v>248</v>
       </c>
       <c r="F169" t="s">
-        <v>321</v>
+        <v>591</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>289</v>
+        <v>106</v>
       </c>
       <c r="B170" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C170" t="n">
         <v>109</v>
       </c>
       <c r="D170" t="s">
-        <v>279</v>
+        <v>652</v>
       </c>
       <c r="F170" t="s">
-        <v>38</v>
+        <v>335</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>483</v>
+        <v>461</v>
       </c>
       <c r="B171" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C171" t="n">
         <v>108</v>
       </c>
       <c r="D171" t="s">
-        <v>595</v>
+        <v>195</v>
       </c>
       <c r="F171" t="s">
-        <v>38</v>
+        <v>335</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>41</v>
+        <v>661</v>
       </c>
       <c r="B172" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C172" t="n">
         <v>107</v>
       </c>
       <c r="D172" t="s">
-        <v>508</v>
+        <v>669</v>
       </c>
       <c r="F172" t="s">
-        <v>374</v>
+        <v>642</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>8</v>
+        <v>295</v>
       </c>
       <c r="B173" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C173" t="n">
         <v>106</v>
       </c>
       <c r="D173" t="s">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="F173" t="s">
-        <v>374</v>
+        <v>642</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>493</v>
+        <v>153</v>
       </c>
       <c r="B174" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C174" t="n">
         <v>105</v>
       </c>
       <c r="D174" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F174" t="s">
-        <v>374</v>
+        <v>642</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>449</v>
+        <v>565</v>
       </c>
       <c r="B175" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C175" t="n">
         <v>104</v>
       </c>
       <c r="D175" t="s">
-        <v>408</v>
+        <v>325</v>
       </c>
       <c r="F175" t="s">
-        <v>280</v>
+        <v>504</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="B176" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C176" t="n">
         <v>103</v>
       </c>
       <c r="D176" t="s">
-        <v>61</v>
+        <v>615</v>
       </c>
       <c r="F176" t="s">
-        <v>280</v>
+        <v>504</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>470</v>
+        <v>333</v>
       </c>
       <c r="B177" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C177" t="n">
         <v>102</v>
       </c>
       <c r="D177" t="s">
-        <v>249</v>
+        <v>120</v>
       </c>
       <c r="F177" t="s">
-        <v>77</v>
+        <v>501</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>584</v>
+        <v>292</v>
       </c>
       <c r="B178" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C178" t="n">
         <v>101</v>
       </c>
       <c r="D178" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F178" t="s">
-        <v>501</v>
+        <v>648</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>200</v>
+        <v>264</v>
       </c>
       <c r="B179" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C179" t="n">
         <v>100</v>
       </c>
       <c r="D179" t="s">
-        <v>27</v>
+        <v>538</v>
       </c>
       <c r="F179" t="s">
-        <v>501</v>
+        <v>648</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>170</v>
+        <v>78</v>
       </c>
       <c r="B180" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C180" t="n">
         <v>99</v>
       </c>
       <c r="D180" t="s">
-        <v>476</v>
+        <v>164</v>
       </c>
       <c r="F180" t="s">
-        <v>501</v>
+        <v>648</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>119</v>
+        <v>286</v>
       </c>
       <c r="B181" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C181" t="n">
         <v>98</v>
       </c>
       <c r="D181" t="s">
-        <v>265</v>
+        <v>417</v>
       </c>
       <c r="F181" t="s">
-        <v>504</v>
+        <v>86</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>376</v>
+        <v>338</v>
       </c>
       <c r="B182" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C182" t="n">
         <v>97</v>
       </c>
       <c r="D182" t="s">
-        <v>636</v>
+        <v>318</v>
       </c>
       <c r="F182" t="s">
-        <v>504</v>
+        <v>86</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>669</v>
+        <v>278</v>
       </c>
       <c r="B183" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C183" t="n">
         <v>96</v>
       </c>
       <c r="D183" t="s">
-        <v>480</v>
+        <v>529</v>
       </c>
       <c r="F183" t="s">
-        <v>504</v>
+        <v>86</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>379</v>
+        <v>564</v>
       </c>
       <c r="B184" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C184" t="n">
         <v>95</v>
       </c>
       <c r="D184" t="s">
-        <v>603</v>
+        <v>377</v>
       </c>
       <c r="F184" t="s">
-        <v>504</v>
+        <v>86</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>94</v>
+        <v>638</v>
       </c>
       <c r="B185" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C185" t="n">
         <v>94</v>
       </c>
       <c r="D185" t="s">
-        <v>306</v>
+        <v>552</v>
       </c>
       <c r="F185" t="s">
-        <v>226</v>
+        <v>467</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>144</v>
+        <v>76</v>
       </c>
       <c r="B186" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C186" t="n">
         <v>93</v>
       </c>
       <c r="D186" t="s">
-        <v>88</v>
+        <v>441</v>
       </c>
       <c r="F186" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>123</v>
+        <v>418</v>
       </c>
       <c r="B187" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C187" t="n">
         <v>92</v>
       </c>
       <c r="D187" t="s">
-        <v>219</v>
+        <v>419</v>
       </c>
       <c r="F187" t="s">
-        <v>390</v>
+        <v>643</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>209</v>
+        <v>479</v>
       </c>
       <c r="B188" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C188" t="n">
         <v>91</v>
       </c>
       <c r="D188" t="s">
-        <v>443</v>
+        <v>105</v>
       </c>
       <c r="F188" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>529</v>
+        <v>222</v>
       </c>
       <c r="B189" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C189" t="n">
         <v>90</v>
       </c>
       <c r="D189" t="s">
-        <v>174</v>
+        <v>667</v>
       </c>
       <c r="F189" t="s">
-        <v>345</v>
+        <v>296</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>602</v>
+        <v>476</v>
       </c>
       <c r="B190" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C190" t="n">
         <v>89</v>
       </c>
       <c r="D190" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="F190" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="B191" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C191" t="n">
         <v>88</v>
       </c>
       <c r="D191" t="s">
-        <v>307</v>
+        <v>657</v>
       </c>
       <c r="F191" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>569</v>
+        <v>632</v>
       </c>
       <c r="B192" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C192" t="n">
         <v>87</v>
       </c>
       <c r="D192" t="s">
-        <v>438</v>
+        <v>516</v>
       </c>
       <c r="F192" t="s">
-        <v>163</v>
+        <v>358</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>488</v>
+        <v>512</v>
       </c>
       <c r="B193" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C193" t="n">
         <v>86</v>
       </c>
       <c r="D193" t="s">
-        <v>203</v>
+        <v>533</v>
       </c>
       <c r="F193" t="s">
-        <v>163</v>
+        <v>358</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>548</v>
+        <v>601</v>
       </c>
       <c r="B194" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C194" t="n">
         <v>85</v>
       </c>
       <c r="D194" t="s">
-        <v>527</v>
+        <v>64</v>
       </c>
       <c r="F194" t="s">
-        <v>163</v>
+        <v>358</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>160</v>
+        <v>109</v>
       </c>
       <c r="B195" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C195" t="n">
         <v>84</v>
       </c>
       <c r="D195" t="s">
-        <v>44</v>
+        <v>314</v>
       </c>
       <c r="F195" t="s">
-        <v>163</v>
+        <v>358</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>198</v>
+        <v>666</v>
       </c>
       <c r="B196" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C196" t="n">
         <v>83</v>
       </c>
       <c r="D196" t="s">
-        <v>650</v>
+        <v>265</v>
       </c>
       <c r="F196" t="s">
-        <v>153</v>
+        <v>330</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>442</v>
+        <v>373</v>
       </c>
       <c r="B197" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C197" t="n">
         <v>82</v>
       </c>
       <c r="D197" t="s">
-        <v>516</v>
+        <v>650</v>
       </c>
       <c r="F197" t="s">
-        <v>153</v>
+        <v>330</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>336</v>
+        <v>544</v>
       </c>
       <c r="B198" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C198" t="n">
         <v>81</v>
       </c>
       <c r="D198" t="s">
-        <v>21</v>
+        <v>579</v>
       </c>
       <c r="F198" t="s">
-        <v>153</v>
+        <v>330</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>507</v>
+        <v>440</v>
       </c>
       <c r="B199" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C199" t="n">
         <v>80</v>
       </c>
       <c r="D199" t="s">
-        <v>456</v>
+        <v>262</v>
       </c>
       <c r="F199" t="s">
-        <v>153</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>601</v>
+        <v>163</v>
       </c>
       <c r="B200" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C200" t="n">
         <v>79</v>
       </c>
       <c r="D200" t="s">
-        <v>649</v>
+        <v>0</v>
       </c>
       <c r="F200" t="s">
-        <v>153</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B201" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C201" t="n">
         <v>78</v>
       </c>
       <c r="D201" t="s">
-        <v>141</v>
+        <v>68</v>
       </c>
       <c r="F201" t="s">
-        <v>65</v>
+        <v>139</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>134</v>
+        <v>545</v>
       </c>
       <c r="B202" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C202" t="n">
         <v>77</v>
       </c>
       <c r="D202" t="s">
-        <v>260</v>
+        <v>96</v>
       </c>
       <c r="F202" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>152</v>
+        <v>45</v>
       </c>
       <c r="B203" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C203" t="n">
         <v>76</v>
       </c>
       <c r="D203" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="F203" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>208</v>
+        <v>414</v>
       </c>
       <c r="B204" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C204" t="n">
         <v>75</v>
       </c>
       <c r="D204" t="s">
-        <v>332</v>
+        <v>10</v>
       </c>
       <c r="F204" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>300</v>
+        <v>273</v>
       </c>
       <c r="B205" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C205" t="n">
         <v>74</v>
       </c>
       <c r="D205" t="s">
-        <v>207</v>
+        <v>104</v>
       </c>
       <c r="F205" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>450</v>
+        <v>263</v>
       </c>
       <c r="B206" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C206" t="n">
         <v>73</v>
       </c>
       <c r="D206" t="s">
-        <v>398</v>
+        <v>232</v>
       </c>
       <c r="F206" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>320</v>
+        <v>344</v>
       </c>
       <c r="B207" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C207" t="n">
         <v>72</v>
       </c>
       <c r="D207" t="s">
-        <v>530</v>
+        <v>355</v>
       </c>
       <c r="F207" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>183</v>
+        <v>430</v>
       </c>
       <c r="B208" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C208" t="n">
         <v>71</v>
       </c>
       <c r="D208" t="s">
-        <v>254</v>
+        <v>629</v>
       </c>
       <c r="F208" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>75</v>
+        <v>161</v>
       </c>
       <c r="B209" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C209" t="n">
         <v>70</v>
       </c>
       <c r="D209" t="s">
-        <v>495</v>
+        <v>185</v>
       </c>
       <c r="F209" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>51</v>
+        <v>433</v>
       </c>
       <c r="B210" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C210" t="n">
         <v>69</v>
       </c>
       <c r="D210" t="s">
-        <v>179</v>
+        <v>140</v>
       </c>
       <c r="F210" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>16</v>
+        <v>450</v>
       </c>
       <c r="B211" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C211" t="n">
         <v>68</v>
       </c>
       <c r="D211" t="s">
-        <v>66</v>
+        <v>573</v>
       </c>
       <c r="F211" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>315</v>
+        <v>412</v>
       </c>
       <c r="B212" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C212" t="n">
         <v>67</v>
       </c>
       <c r="D212" t="s">
-        <v>405</v>
+        <v>202</v>
       </c>
       <c r="F212" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>275</v>
+        <v>171</v>
       </c>
       <c r="B213" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C213" t="n">
         <v>66</v>
       </c>
       <c r="D213" t="s">
-        <v>138</v>
+        <v>233</v>
       </c>
       <c r="F213" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>284</v>
+        <v>196</v>
       </c>
       <c r="B214" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C214" t="n">
         <v>65</v>
       </c>
       <c r="D214" t="s">
-        <v>615</v>
+        <v>662</v>
       </c>
       <c r="F214" t="s">
-        <v>451</v>
+        <v>503</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>168</v>
+        <v>489</v>
       </c>
       <c r="B215" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C215" t="n">
         <v>64</v>
       </c>
       <c r="D215" t="s">
-        <v>117</v>
+        <v>266</v>
       </c>
       <c r="F215" t="s">
-        <v>432</v>
+        <v>636</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>92</v>
+        <v>547</v>
       </c>
       <c r="B216" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C216" t="n">
         <v>63</v>
       </c>
       <c r="D216" t="s">
-        <v>538</v>
+        <v>574</v>
       </c>
       <c r="F216" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>246</v>
+        <v>606</v>
       </c>
       <c r="B217" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C217" t="n">
         <v>62</v>
       </c>
       <c r="D217" t="s">
-        <v>154</v>
+        <v>530</v>
       </c>
       <c r="F217" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>172</v>
+        <v>460</v>
       </c>
       <c r="B218" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C218" t="n">
         <v>61</v>
       </c>
       <c r="D218" t="s">
-        <v>288</v>
+        <v>634</v>
       </c>
       <c r="F218" t="s">
-        <v>498</v>
+        <v>274</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>81</v>
+        <v>160</v>
       </c>
       <c r="B219" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C219" t="n">
         <v>60</v>
       </c>
       <c r="D219" t="s">
-        <v>544</v>
+        <v>280</v>
       </c>
       <c r="F219" t="s">
-        <v>451</v>
+        <v>503</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>263</v>
+        <v>356</v>
       </c>
       <c r="B220" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C220" t="n">
         <v>59</v>
       </c>
       <c r="D220" t="s">
-        <v>32</v>
+        <v>583</v>
       </c>
       <c r="F220" t="s">
-        <v>451</v>
+        <v>503</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="B221" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C221" t="n">
         <v>58</v>
       </c>
       <c r="D221" t="s">
-        <v>114</v>
+        <v>654</v>
       </c>
       <c r="F221" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>155</v>
+        <v>400</v>
       </c>
       <c r="B222" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C222" t="n">
         <v>57</v>
       </c>
       <c r="D222" t="s">
-        <v>189</v>
+        <v>462</v>
       </c>
       <c r="F222" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>83</v>
+        <v>226</v>
       </c>
       <c r="B223" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C223" t="n">
         <v>56</v>
       </c>
       <c r="D223" t="s">
-        <v>151</v>
+        <v>611</v>
       </c>
       <c r="F223" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>396</v>
+        <v>575</v>
       </c>
       <c r="B224" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C224" t="n">
         <v>55</v>
       </c>
       <c r="D224" t="s">
-        <v>381</v>
+        <v>422</v>
       </c>
       <c r="F224" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>250</v>
+        <v>211</v>
       </c>
       <c r="B225" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C225" t="n">
         <v>54</v>
       </c>
       <c r="D225" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="F225" t="s">
-        <v>136</v>
+        <v>229</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>40</v>
+        <v>227</v>
       </c>
       <c r="B226" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C226" t="n">
         <v>53</v>
       </c>
       <c r="D226" t="s">
-        <v>234</v>
+        <v>203</v>
       </c>
       <c r="F226" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>644</v>
+        <v>21</v>
       </c>
       <c r="B227" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C227" t="n">
         <v>52</v>
       </c>
       <c r="D227" t="s">
-        <v>440</v>
+        <v>223</v>
       </c>
       <c r="F227" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>610</v>
+        <v>567</v>
       </c>
       <c r="B228" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C228" t="n">
         <v>51</v>
       </c>
       <c r="D228" t="s">
-        <v>446</v>
+        <v>607</v>
       </c>
       <c r="F228" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>125</v>
+        <v>240</v>
       </c>
       <c r="B229" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C229" t="n">
         <v>50</v>
       </c>
       <c r="D229" t="s">
-        <v>658</v>
+        <v>270</v>
       </c>
       <c r="F229" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>192</v>
+        <v>649</v>
       </c>
       <c r="B230" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C230" t="n">
         <v>49</v>
       </c>
       <c r="D230" t="s">
-        <v>583</v>
+        <v>116</v>
       </c>
       <c r="F230" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>637</v>
+        <v>623</v>
       </c>
       <c r="B231" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C231" t="n">
         <v>48</v>
       </c>
       <c r="D231" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="E231" t="s">
-        <v>103</v>
+        <v>309</v>
       </c>
       <c r="F231" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>616</v>
+        <v>29</v>
       </c>
       <c r="B232" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C232" t="n">
         <v>47</v>
       </c>
       <c r="D232" t="s">
-        <v>654</v>
+        <v>118</v>
       </c>
       <c r="F232" t="s">
-        <v>145</v>
+        <v>328</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>489</v>
+        <v>555</v>
       </c>
       <c r="B233" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C233" t="n">
         <v>46</v>
       </c>
       <c r="D233" t="s">
-        <v>600</v>
+        <v>267</v>
       </c>
       <c r="F233" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>28</v>
+        <v>376</v>
       </c>
       <c r="B234" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C234" t="n">
         <v>45</v>
       </c>
       <c r="D234" t="s">
-        <v>62</v>
+        <v>432</v>
       </c>
       <c r="F234" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>361</v>
+        <v>237</v>
       </c>
       <c r="B235" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C235" t="n">
         <v>44</v>
       </c>
       <c r="D235" t="s">
-        <v>453</v>
+        <v>523</v>
       </c>
       <c r="F235" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>448</v>
+        <v>347</v>
       </c>
       <c r="B236" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C236" t="n">
         <v>43</v>
       </c>
       <c r="D236" t="s">
-        <v>596</v>
+        <v>366</v>
       </c>
       <c r="F236" t="s">
-        <v>668</v>
+        <v>492</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
       <c r="B237" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C237" t="n">
         <v>42</v>
       </c>
       <c r="D237" t="s">
-        <v>25</v>
+        <v>465</v>
       </c>
       <c r="F237" t="s">
-        <v>668</v>
+        <v>492</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="B238" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C238" t="n">
         <v>41</v>
       </c>
       <c r="D238" t="s">
-        <v>414</v>
+        <v>352</v>
       </c>
       <c r="F238" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>352</v>
+        <v>17</v>
       </c>
       <c r="B239" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C239" t="n">
         <v>40</v>
       </c>
       <c r="D239" t="s">
-        <v>216</v>
+        <v>374</v>
       </c>
       <c r="F239" t="s">
-        <v>546</v>
+        <v>493</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>240</v>
+        <v>307</v>
       </c>
       <c r="B240" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C240" t="n">
         <v>39</v>
       </c>
       <c r="D240" t="s">
-        <v>369</v>
+        <v>402</v>
       </c>
       <c r="F240" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>463</v>
+        <v>285</v>
       </c>
       <c r="B241" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C241" t="n">
         <v>38</v>
       </c>
       <c r="D241" t="s">
-        <v>591</v>
+        <v>378</v>
       </c>
       <c r="F241" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>418</v>
+        <v>302</v>
       </c>
       <c r="B242" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C242" t="n">
         <v>37</v>
       </c>
       <c r="D242" t="s">
-        <v>101</v>
+        <v>452</v>
       </c>
       <c r="F242" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>487</v>
+        <v>404</v>
       </c>
       <c r="B243" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C243" t="n">
         <v>36</v>
       </c>
       <c r="D243" t="s">
-        <v>190</v>
+        <v>410</v>
       </c>
       <c r="F243" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>100</v>
+        <v>645</v>
       </c>
       <c r="B244" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C244" t="n">
         <v>35</v>
       </c>
       <c r="D244" t="s">
-        <v>485</v>
+        <v>319</v>
       </c>
       <c r="F244" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>182</v>
+        <v>665</v>
       </c>
       <c r="B245" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C245" t="n">
         <v>34</v>
       </c>
       <c r="D245" t="s">
-        <v>242</v>
+        <v>47</v>
       </c>
       <c r="F245" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>577</v>
+        <v>380</v>
       </c>
       <c r="B246" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C246" t="n">
         <v>33</v>
       </c>
       <c r="D246" t="s">
-        <v>227</v>
+        <v>288</v>
       </c>
       <c r="F246" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>318</v>
+        <v>593</v>
       </c>
       <c r="B247" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C247" t="n">
         <v>32</v>
       </c>
       <c r="D247" t="s">
-        <v>648</v>
+        <v>66</v>
       </c>
       <c r="F247" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>436</v>
+        <v>327</v>
       </c>
       <c r="B248" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C248" t="n">
         <v>31</v>
       </c>
       <c r="D248" t="s">
-        <v>481</v>
+        <v>594</v>
       </c>
       <c r="F248" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>232</v>
+        <v>444</v>
       </c>
       <c r="B249" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C249" t="n">
         <v>30</v>
       </c>
       <c r="D249" t="s">
-        <v>528</v>
+        <v>59</v>
       </c>
       <c r="F249" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>326</v>
+        <v>257</v>
       </c>
       <c r="B250" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C250" t="n">
         <v>29</v>
       </c>
       <c r="D250" t="s">
-        <v>195</v>
+        <v>526</v>
       </c>
       <c r="F250" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="B251" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C251" t="n">
         <v>28</v>
       </c>
       <c r="D251" t="s">
-        <v>434</v>
+        <v>614</v>
       </c>
       <c r="F251" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>299</v>
+        <v>191</v>
       </c>
       <c r="B252" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C252" t="n">
         <v>27</v>
       </c>
       <c r="D252" t="s">
-        <v>256</v>
+        <v>114</v>
       </c>
       <c r="F252" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>338</v>
+        <v>77</v>
       </c>
       <c r="B253" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C253" t="n">
         <v>26</v>
       </c>
       <c r="D253" t="s">
-        <v>235</v>
+        <v>23</v>
       </c>
       <c r="F253" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>641</v>
+        <v>576</v>
       </c>
       <c r="B254" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C254" t="n">
         <v>25</v>
       </c>
       <c r="D254" t="s">
-        <v>506</v>
+        <v>487</v>
       </c>
       <c r="F254" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>388</v>
+        <v>434</v>
       </c>
       <c r="B255" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C255" t="n">
         <v>24</v>
       </c>
       <c r="D255" t="s">
-        <v>520</v>
+        <v>11</v>
       </c>
       <c r="F255" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>251</v>
+        <v>175</v>
       </c>
       <c r="B256" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C256" t="n">
         <v>23</v>
       </c>
       <c r="D256" t="s">
-        <v>342</v>
+        <v>411</v>
       </c>
       <c r="F256" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>86</v>
+        <v>221</v>
       </c>
       <c r="B257" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C257" t="n">
         <v>22</v>
       </c>
       <c r="D257" t="s">
-        <v>118</v>
+        <v>214</v>
       </c>
       <c r="F257" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>367</v>
+        <v>486</v>
       </c>
       <c r="B258" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C258" t="n">
         <v>21</v>
       </c>
       <c r="D258" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="F258" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>412</v>
+        <v>506</v>
       </c>
       <c r="B259" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C259" t="n">
         <v>20</v>
       </c>
       <c r="D259" t="s">
-        <v>417</v>
+        <v>610</v>
       </c>
       <c r="F259" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>458</v>
+        <v>46</v>
       </c>
       <c r="B260" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C260" t="n">
         <v>19</v>
       </c>
       <c r="D260" t="s">
-        <v>502</v>
+        <v>190</v>
       </c>
       <c r="F260" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>175</v>
+        <v>597</v>
       </c>
       <c r="B261" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C261" t="n">
         <v>18</v>
       </c>
       <c r="D261" t="s">
-        <v>526</v>
+        <v>367</v>
       </c>
       <c r="F261" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>90</v>
+        <v>268</v>
       </c>
       <c r="B262" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C262" t="n">
         <v>17</v>
       </c>
       <c r="D262" t="s">
-        <v>594</v>
+        <v>446</v>
       </c>
       <c r="F262" t="s">
-        <v>394</v>
+        <v>628</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>73</v>
+        <v>515</v>
       </c>
       <c r="B263" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C263" t="n">
         <v>16</v>
       </c>
       <c r="D263" t="s">
-        <v>515</v>
+        <v>88</v>
       </c>
       <c r="F263" t="s">
-        <v>79</v>
+        <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>657</v>
+        <v>513</v>
       </c>
       <c r="B264" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C264" t="n">
         <v>15</v>
       </c>
       <c r="D264" t="s">
-        <v>521</v>
+        <v>138</v>
       </c>
       <c r="F264" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>84</v>
+        <v>166</v>
       </c>
       <c r="B265" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C265" t="n">
         <v>14</v>
       </c>
       <c r="D265" t="s">
-        <v>313</v>
+        <v>550</v>
       </c>
       <c r="F265" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>343</v>
+        <v>254</v>
       </c>
       <c r="B266" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C266" t="n">
         <v>13</v>
       </c>
       <c r="D266" t="s">
-        <v>430</v>
+        <v>324</v>
       </c>
       <c r="F266" t="s">
-        <v>394</v>
+        <v>628</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>213</v>
+        <v>449</v>
       </c>
       <c r="B267" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C267" t="n">
         <v>12</v>
       </c>
       <c r="D267" t="s">
-        <v>124</v>
+        <v>310</v>
       </c>
       <c r="F267" t="s">
-        <v>518</v>
+        <v>97</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>563</v>
+        <v>619</v>
       </c>
       <c r="B268" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C268" t="n">
         <v>11</v>
       </c>
       <c r="D268" t="s">
-        <v>49</v>
+        <v>306</v>
       </c>
       <c r="F268" t="s">
-        <v>518</v>
+        <v>97</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>220</v>
+        <v>474</v>
       </c>
       <c r="B269" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C269" t="n">
         <v>10</v>
       </c>
       <c r="D269" t="s">
-        <v>64</v>
+        <v>354</v>
       </c>
       <c r="F269" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>536</v>
+        <v>312</v>
       </c>
       <c r="B270" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C270" t="n">
         <v>9</v>
       </c>
       <c r="D270" t="s">
-        <v>545</v>
+        <v>197</v>
       </c>
       <c r="F270" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>286</v>
+        <v>518</v>
       </c>
       <c r="B271" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C271" t="n">
         <v>8</v>
       </c>
       <c r="D271" t="s">
-        <v>464</v>
+        <v>660</v>
       </c>
       <c r="F271" t="s">
-        <v>517</v>
+        <v>178</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>344</v>
+        <v>436</v>
       </c>
       <c r="B272" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C272" t="n">
         <v>7</v>
       </c>
       <c r="D272" t="s">
-        <v>646</v>
+        <v>408</v>
       </c>
       <c r="F272" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>82</v>
+        <v>483</v>
       </c>
       <c r="B273" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C273" t="n">
         <v>6</v>
       </c>
       <c r="D273" t="s">
-        <v>664</v>
+        <v>466</v>
       </c>
       <c r="F273" t="s">
-        <v>540</v>
+        <v>165</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="B274" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C274" t="n">
         <v>5</v>
       </c>
       <c r="D274" t="s">
-        <v>639</v>
+        <v>159</v>
       </c>
       <c r="F274" t="s">
-        <v>39</v>
+        <v>559</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>607</v>
+        <v>375</v>
       </c>
       <c r="B275" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C275" t="n">
         <v>4</v>
       </c>
       <c r="D275" t="s">
-        <v>67</v>
+        <v>247</v>
       </c>
       <c r="F275" t="s">
-        <v>613</v>
+        <v>41</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>328</v>
+        <v>520</v>
       </c>
       <c r="B276" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C276" t="n">
         <v>3</v>
       </c>
       <c r="D276" t="s">
-        <v>58</v>
+        <v>633</v>
       </c>
       <c r="F276" t="s">
-        <v>410</v>
+        <v>435</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>628</v>
+        <v>48</v>
       </c>
       <c r="B277" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="C277" t="n">
         <v>3</v>
       </c>
       <c r="D277" t="s">
-        <v>121</v>
+        <v>251</v>
       </c>
       <c r="F277" t="s">
-        <v>500</v>
+        <v>238</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>389</v>
+        <v>502</v>
       </c>
       <c r="B278" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="C278" t="n">
         <v>2</v>
       </c>
       <c r="D278" t="s">
-        <v>630</v>
+        <v>488</v>
       </c>
       <c r="F278" t="s">
-        <v>431</v>
+        <v>308</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B279" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C279" t="n">
         <v>2</v>
       </c>
       <c r="D279" t="s">
-        <v>586</v>
+        <v>663</v>
       </c>
       <c r="F279" t="s">
-        <v>551</v>
+        <v>58</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>102</v>
+        <v>507</v>
       </c>
       <c r="B280" t="s">
-        <v>543</v>
+        <v>362</v>
       </c>
       <c r="C280" t="n">
         <v>1</v>
       </c>
       <c r="D280" t="s">
-        <v>509</v>
+        <v>205</v>
       </c>
       <c r="F280" t="s">
-        <v>247</v>
+        <v>561</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>322</v>
+        <v>405</v>
       </c>
       <c r="B281" t="s">
-        <v>557</v>
+        <v>179</v>
       </c>
       <c r="C281" t="n">
         <v>1</v>
       </c>
       <c r="D281" t="s">
-        <v>397</v>
+        <v>331</v>
       </c>
       <c r="E281" t="s">
-        <v>666</v>
+        <v>644</v>
       </c>
       <c r="F281" t="s">
-        <v>224</v>
+        <v>259</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>296</v>
+        <v>85</v>
       </c>
       <c r="B282" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="C282" t="n">
         <v>1</v>
       </c>
       <c r="D282" t="s">
-        <v>435</v>
+        <v>336</v>
       </c>
       <c r="F282" t="s">
-        <v>431</v>
+        <v>308</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>